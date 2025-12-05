--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,173 +12,179 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>KOKKU</t>
   </si>
   <si>
     <t>Von Krahli Teater</t>
   </si>
   <si>
     <t>VAT Teater</t>
   </si>
   <si>
-    <t>Vana Baskini Teater</t>
-[...1 lines deleted...]
-  <si>
     <t>Vaba Lava</t>
   </si>
   <si>
     <t>Tuuleveski</t>
   </si>
   <si>
     <t>Theatrum</t>
   </si>
   <si>
     <t>Teoteater</t>
   </si>
   <si>
     <t>Tartu Uus Teater</t>
   </si>
   <si>
     <t>Sõltumatu Tantsu Lava</t>
   </si>
   <si>
-    <t>R.A.A.A.M.</t>
-[...1 lines deleted...]
-  <si>
     <t>Piip ja Tuut Teater</t>
   </si>
   <si>
+    <t>Must Kast</t>
+  </si>
+  <si>
     <t>Miksteater</t>
   </si>
   <si>
-    <t>Kell Kümme</t>
+    <t>Kinoteater</t>
+  </si>
+  <si>
+    <t>Kellerteater</t>
   </si>
   <si>
     <t>Kanuti Gildi SAAL</t>
   </si>
   <si>
-    <t>Ilmarine</t>
-[...1 lines deleted...]
-  <si>
     <t>Fine5 Tantsuteater</t>
   </si>
   <si>
+    <t>Emajõe Suveteater</t>
+  </si>
+  <si>
+    <t>eˉlektron</t>
+  </si>
+  <si>
+    <t>Ekspeditsioon</t>
+  </si>
+  <si>
+    <t>Eesti Tantsuagentuur</t>
+  </si>
+  <si>
     <t>eraetendusasutus</t>
   </si>
   <si>
     <t>Vene Teater</t>
   </si>
   <si>
     <t>Vanemuine</t>
   </si>
   <si>
     <t>Ugala Teater</t>
   </si>
   <si>
-    <t>Teater NO99</t>
-[...1 lines deleted...]
-  <si>
     <t>Rakvere Teater</t>
   </si>
   <si>
+    <t>Kuressaare Linnateater</t>
+  </si>
+  <si>
+    <t>Endla Teater</t>
+  </si>
+  <si>
+    <t>Eesti Noorsooteater</t>
+  </si>
+  <si>
+    <t>Eesti Draamateater</t>
+  </si>
+  <si>
     <t>riigi osalusega sihtasutusena tegutsevad etendusasutused</t>
   </si>
   <si>
-    <t>Kuressaare Linnateater</t>
+    <t>Tallinna Linnateater</t>
   </si>
   <si>
     <t>munitsipaal-etendusasutus</t>
   </si>
   <si>
-    <t>Endla Teater</t>
-[...10 lines deleted...]
-  <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>avalik-õiguslik</t>
   </si>
   <si>
     <t>Kulud KOKKU</t>
   </si>
   <si>
     <t>Muud kulud</t>
   </si>
   <si>
     <t>Kohvik</t>
   </si>
   <si>
     <t>Halduskulud</t>
   </si>
   <si>
     <t>Majanduskulud</t>
   </si>
   <si>
     <t>Tööjõukulud</t>
   </si>
   <si>
     <t>TEATER</t>
   </si>
   <si>
     <t>Etendusasutuste kulud kokku</t>
   </si>
   <si>
-    <t>AASTAL 2015</t>
+    <t>AASTAL 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -546,799 +552,821 @@
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G36" sqref="G36:G36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="D3" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="E3" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="G3" s="2" t="s">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="4" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B5" s="2">
-        <v>9479772</v>
+        <v>13839920</v>
       </c>
       <c r="C5" s="2">
-        <v>1530132</v>
+        <v>1937839</v>
       </c>
       <c r="D5" s="2">
-        <v>834002</v>
+        <v>694427</v>
       </c>
       <c r="E5" s="2">
-        <v>269091</v>
+        <v>474300</v>
       </c>
       <c r="F5" s="2">
-        <v>1523411</v>
+        <v>14391</v>
       </c>
       <c r="G5" s="2">
-        <v>13636408</v>
+        <v>16960877</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="3" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" s="2">
-        <v>1898937</v>
+        <v>3912454</v>
       </c>
       <c r="C7" s="2">
-        <v>507665</v>
+        <v>1185845</v>
       </c>
       <c r="D7" s="2">
-        <v>238032</v>
+        <v>608305</v>
       </c>
       <c r="E7" s="2">
         <v>0</v>
       </c>
       <c r="F7" s="2">
-        <v>333660</v>
+        <v>13798586</v>
       </c>
       <c r="G7" s="2">
-        <v>2978294</v>
+        <v>19505191</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="2">
-        <v>2360224</v>
+        <v>4642237</v>
       </c>
       <c r="C9" s="2">
-        <v>637613</v>
+        <v>1555708</v>
       </c>
       <c r="D9" s="2">
-        <v>269712</v>
+        <v>421979</v>
       </c>
       <c r="E9" s="2">
         <v>0</v>
       </c>
       <c r="F9" s="2">
-        <v>597606</v>
+        <v>207871</v>
       </c>
       <c r="G9" s="2">
-        <v>3865156</v>
+        <v>6827795</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="2">
-        <v>1423396</v>
+        <v>2593838</v>
       </c>
       <c r="C10" s="2">
-        <v>492859</v>
+        <v>508415</v>
       </c>
       <c r="D10" s="2">
-        <v>667413</v>
+        <v>1396745</v>
       </c>
       <c r="E10" s="2">
-        <v>0</v>
+        <v>71079</v>
       </c>
       <c r="F10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2">
-        <v>2583669</v>
+        <v>4570077</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="4" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="2">
-        <v>1563375</v>
+        <v>2795431</v>
       </c>
       <c r="C11" s="2">
-        <v>371547</v>
+        <v>917337</v>
       </c>
       <c r="D11" s="2">
-        <v>155526</v>
+        <v>338952</v>
       </c>
       <c r="E11" s="2">
-        <v>180647</v>
+        <v>0</v>
       </c>
       <c r="F11" s="2">
-        <v>25455</v>
+        <v>333402</v>
       </c>
       <c r="G11" s="2">
-        <v>2296551</v>
+        <v>4385122</v>
       </c>
     </row>
     <row r="12" spans="1:7">
-      <c r="A12" s="3" t="s">
+      <c r="A12" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B12" s="1"/>
-[...4 lines deleted...]
-      <c r="G12" s="1"/>
+      <c r="B12" s="2">
+        <v>310153</v>
+      </c>
+      <c r="C12" s="2">
+        <v>183553</v>
+      </c>
+      <c r="D12" s="2">
+        <v>87057</v>
+      </c>
+      <c r="E12" s="2">
+        <v>0</v>
+      </c>
+      <c r="F12" s="2">
+        <v>29005</v>
+      </c>
+      <c r="G12" s="2">
+        <v>609768</v>
+      </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="2">
-        <v>218368</v>
+        <v>2341121</v>
       </c>
       <c r="C13" s="2">
-        <v>95574</v>
+        <v>1133689</v>
       </c>
       <c r="D13" s="2">
-        <v>137704</v>
+        <v>368947</v>
       </c>
       <c r="E13" s="2">
-        <v>0</v>
+        <v>216682</v>
       </c>
       <c r="F13" s="2">
-        <v>0</v>
+        <v>205155</v>
       </c>
       <c r="G13" s="2">
-        <v>451647</v>
+        <v>4265594</v>
       </c>
     </row>
     <row r="14" spans="1:7">
-      <c r="A14" s="3" t="s">
+      <c r="A14" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B14" s="1"/>
-[...4 lines deleted...]
-      <c r="G14" s="1"/>
+      <c r="B14" s="2">
+        <v>2610049</v>
+      </c>
+      <c r="C14" s="2">
+        <v>841430</v>
+      </c>
+      <c r="D14" s="2">
+        <v>246804</v>
+      </c>
+      <c r="E14" s="2">
+        <v>158926</v>
+      </c>
+      <c r="F14" s="2">
+        <v>462759</v>
+      </c>
+      <c r="G14" s="2">
+        <v>4319968</v>
+      </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="2">
-        <v>1386785</v>
+        <v>10631701</v>
       </c>
       <c r="C15" s="2">
-        <v>419037</v>
+        <v>2156641</v>
       </c>
       <c r="D15" s="2">
-        <v>102419</v>
+        <v>917275</v>
       </c>
       <c r="E15" s="2">
-        <v>121848</v>
+        <v>0</v>
       </c>
       <c r="F15" s="2">
-        <v>51563</v>
+        <v>0</v>
       </c>
       <c r="G15" s="2">
-        <v>2081652</v>
+        <v>13705617</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="2">
-        <v>1154462</v>
+        <v>3017064</v>
       </c>
       <c r="C16" s="2">
-        <v>374999</v>
+        <v>608094</v>
       </c>
       <c r="D16" s="2">
-        <v>115151</v>
+        <v>313006</v>
       </c>
       <c r="E16" s="2">
-        <v>210668</v>
+        <v>0</v>
       </c>
       <c r="F16" s="2">
-        <v>185919</v>
+        <v>820133</v>
       </c>
       <c r="G16" s="2">
-        <v>2041199</v>
+        <v>4758297</v>
       </c>
     </row>
     <row r="17" spans="1:7">
-      <c r="A17" s="4" t="s">
+      <c r="A17" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B17" s="2">
-[...16 lines deleted...]
-      </c>
+      <c r="B17" s="1"/>
+      <c r="C17" s="1"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="1"/>
+      <c r="F17" s="1"/>
+      <c r="G17" s="1"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="2">
-        <v>5869713</v>
+        <v>651583</v>
       </c>
       <c r="C18" s="2">
-        <v>1723640</v>
+        <v>293906</v>
       </c>
       <c r="D18" s="2">
-        <v>608878</v>
+        <v>135607</v>
       </c>
       <c r="E18" s="2">
         <v>0</v>
       </c>
       <c r="F18" s="2">
-        <v>905402</v>
+        <v>159307</v>
       </c>
       <c r="G18" s="2">
-        <v>9107632</v>
+        <v>1240403</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="2">
-        <v>1487038</v>
+        <v>337298</v>
       </c>
       <c r="C19" s="2">
-        <v>296409</v>
+        <v>207285</v>
       </c>
       <c r="D19" s="2">
-        <v>164055</v>
+        <v>9983</v>
       </c>
       <c r="E19" s="2">
-        <v>1958</v>
+        <v>0</v>
       </c>
       <c r="F19" s="2">
-        <v>93326</v>
+        <v>33556</v>
       </c>
       <c r="G19" s="2">
-        <v>2042786</v>
+        <v>588123</v>
       </c>
     </row>
     <row r="20" spans="1:7">
-      <c r="A20" s="3" t="s">
+      <c r="A20" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="1"/>
-[...4 lines deleted...]
-      <c r="G20" s="1"/>
+      <c r="B20" s="2">
+        <v>199953</v>
+      </c>
+      <c r="C20" s="2">
+        <v>101555</v>
+      </c>
+      <c r="D20" s="2">
+        <v>34355</v>
+      </c>
+      <c r="E20" s="2">
+        <v>0</v>
+      </c>
+      <c r="F20" s="2">
+        <v>0</v>
+      </c>
+      <c r="G20" s="2">
+        <v>335863</v>
+      </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="2">
-        <v>14054</v>
+        <v>160136</v>
       </c>
       <c r="C21" s="2">
-        <v>18541</v>
+        <v>129562</v>
       </c>
       <c r="D21" s="2">
-        <v>2900</v>
+        <v>20125</v>
       </c>
       <c r="E21" s="2">
         <v>0</v>
       </c>
       <c r="F21" s="2">
-        <v>3599</v>
+        <v>7680</v>
       </c>
       <c r="G21" s="2">
-        <v>39094</v>
+        <v>317503</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B22" s="2">
-        <v>63032</v>
+        <v>136255</v>
       </c>
       <c r="C22" s="2">
-        <v>28251</v>
+        <v>43890</v>
       </c>
       <c r="D22" s="2">
-        <v>0</v>
+        <v>11033</v>
       </c>
       <c r="E22" s="2">
         <v>0</v>
       </c>
       <c r="F22" s="2">
         <v>0</v>
       </c>
       <c r="G22" s="2">
-        <v>91283</v>
+        <v>191178</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B23" s="2">
-        <v>204451</v>
+        <v>290382</v>
       </c>
       <c r="C23" s="2">
-        <v>164287</v>
+        <v>416652</v>
       </c>
       <c r="D23" s="2">
-        <v>49073</v>
+        <v>53789</v>
       </c>
       <c r="E23" s="2">
         <v>0</v>
       </c>
       <c r="F23" s="2">
-        <v>0</v>
+        <v>289642</v>
       </c>
       <c r="G23" s="2">
-        <v>417811</v>
+        <v>1050465</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="2">
-        <v>57100</v>
+        <v>353850</v>
       </c>
       <c r="C24" s="2">
-        <v>57300</v>
+        <v>63058</v>
       </c>
       <c r="D24" s="2">
-        <v>16000</v>
+        <v>84993</v>
       </c>
       <c r="E24" s="2">
-        <v>0</v>
+        <v>20870</v>
       </c>
       <c r="F24" s="2">
-        <v>12800</v>
+        <v>113263</v>
       </c>
       <c r="G24" s="2">
-        <v>143200</v>
+        <v>636035</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="2">
-        <v>28430</v>
+        <v>55719</v>
       </c>
       <c r="C25" s="2">
-        <v>16832</v>
+        <v>12157</v>
       </c>
       <c r="D25" s="2">
-        <v>1437</v>
+        <v>2300</v>
       </c>
       <c r="E25" s="2">
         <v>0</v>
       </c>
       <c r="F25" s="2">
         <v>0</v>
       </c>
       <c r="G25" s="2">
-        <v>46699</v>
+        <v>70176</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B26" s="2">
-        <v>45914</v>
+        <v>146884</v>
       </c>
       <c r="C26" s="2">
-        <v>27351</v>
+        <v>73414</v>
       </c>
       <c r="D26" s="2">
-        <v>14785</v>
+        <v>1873</v>
       </c>
       <c r="E26" s="2">
-        <v>15929</v>
+        <v>0</v>
       </c>
       <c r="F26" s="2">
-        <v>74689</v>
+        <v>0</v>
       </c>
       <c r="G26" s="2">
-        <v>178668</v>
+        <v>222171</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="2">
-        <v>117817</v>
+        <v>164316</v>
       </c>
       <c r="C27" s="2">
-        <v>109223</v>
+        <v>67302</v>
       </c>
       <c r="D27" s="2">
-        <v>0</v>
+        <v>5421</v>
       </c>
       <c r="E27" s="2">
         <v>0</v>
       </c>
       <c r="F27" s="2">
-        <v>2093</v>
+        <v>21569</v>
       </c>
       <c r="G27" s="2">
-        <v>229133</v>
+        <v>258608</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="2">
-        <v>43159</v>
+        <v>157543</v>
       </c>
       <c r="C28" s="2">
-        <v>95346</v>
+        <v>58227</v>
       </c>
       <c r="D28" s="2">
-        <v>25200</v>
+        <v>49612</v>
       </c>
       <c r="E28" s="2">
         <v>0</v>
       </c>
       <c r="F28" s="2">
-        <v>0</v>
+        <v>40129</v>
       </c>
       <c r="G28" s="2">
-        <v>163705</v>
+        <v>305511</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="2">
-        <v>146313</v>
+        <v>369576</v>
       </c>
       <c r="C29" s="2">
-        <v>103566</v>
+        <v>161470</v>
       </c>
       <c r="D29" s="2">
-        <v>38405</v>
+        <v>49959</v>
       </c>
       <c r="E29" s="2">
         <v>0</v>
       </c>
       <c r="F29" s="2">
-        <v>6975</v>
+        <v>0</v>
       </c>
       <c r="G29" s="2">
-        <v>295259</v>
+        <v>581005</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="2">
-        <v>9355</v>
+        <v>587134</v>
       </c>
       <c r="C30" s="2">
-        <v>12762</v>
+        <v>388029</v>
       </c>
       <c r="D30" s="2">
-        <v>18545</v>
+        <v>61234</v>
       </c>
       <c r="E30" s="2">
-        <v>228</v>
+        <v>0</v>
       </c>
       <c r="F30" s="2">
-        <v>0</v>
+        <v>32717</v>
       </c>
       <c r="G30" s="2">
-        <v>40890</v>
+        <v>1069114</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B31" s="2">
-        <v>309120</v>
+        <v>19148</v>
       </c>
       <c r="C31" s="2">
-        <v>72510</v>
+        <v>6828</v>
       </c>
       <c r="D31" s="2">
-        <v>57567</v>
+        <v>7754</v>
       </c>
       <c r="E31" s="2">
-        <v>46732</v>
+        <v>0</v>
       </c>
       <c r="F31" s="2">
-        <v>45000</v>
+        <v>11854</v>
       </c>
       <c r="G31" s="2">
-        <v>530929</v>
+        <v>45584</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B32" s="2">
-        <v>42703</v>
+        <v>483158</v>
       </c>
       <c r="C32" s="2">
-        <v>25484</v>
+        <v>109580</v>
       </c>
       <c r="D32" s="2">
-        <v>4142</v>
+        <v>149635</v>
       </c>
       <c r="E32" s="2">
-        <v>0</v>
+        <v>61801</v>
       </c>
       <c r="F32" s="2">
-        <v>0</v>
+        <v>4734</v>
       </c>
       <c r="G32" s="2">
-        <v>72329</v>
+        <v>808908</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B33" s="2">
-        <v>84628</v>
+        <v>74077</v>
       </c>
       <c r="C33" s="2">
-        <v>243727</v>
+        <v>16603</v>
       </c>
       <c r="D33" s="2">
-        <v>270875</v>
+        <v>4895</v>
       </c>
       <c r="E33" s="2">
         <v>0</v>
       </c>
       <c r="F33" s="2">
         <v>0</v>
       </c>
       <c r="G33" s="2">
-        <v>599231</v>
+        <v>95575</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B34" s="2">
-        <v>93878</v>
+        <v>527890</v>
       </c>
       <c r="C34" s="2">
-        <v>200648</v>
+        <v>395734</v>
       </c>
       <c r="D34" s="2">
-        <v>6244</v>
+        <v>131769</v>
       </c>
       <c r="E34" s="2">
         <v>0</v>
       </c>
       <c r="F34" s="2">
-        <v>8974</v>
+        <v>347533</v>
       </c>
       <c r="G34" s="2">
-        <v>309744</v>
+        <v>1402926</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B35" s="2">
-        <v>430602</v>
+        <v>685588</v>
       </c>
       <c r="C35" s="2">
-        <v>148410</v>
+        <v>202735</v>
       </c>
       <c r="D35" s="2">
-        <v>14031</v>
+        <v>25149</v>
       </c>
       <c r="E35" s="2">
         <v>0</v>
       </c>
       <c r="F35" s="2">
-        <v>16566</v>
+        <v>987826</v>
       </c>
       <c r="G35" s="2">
-        <v>609609</v>
+        <v>1901299</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B36" s="2">
-        <v>392256</v>
+        <v>453568</v>
       </c>
       <c r="C36" s="2">
-        <v>182201</v>
+        <v>178044</v>
       </c>
       <c r="D36" s="2">
-        <v>29632</v>
+        <v>337399</v>
       </c>
       <c r="E36" s="2">
         <v>0</v>
       </c>
       <c r="F36" s="2">
-        <v>20043</v>
+        <v>304282</v>
       </c>
       <c r="G36" s="2">
-        <v>624132</v>
+        <v>1273293</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B37" s="3">
-        <v>30033686</v>
+        <v>52548028</v>
       </c>
       <c r="C37" s="3">
-        <v>8331920</v>
+        <v>13954584</v>
       </c>
       <c r="D37" s="3">
-        <v>4026560</v>
+        <v>6570383</v>
       </c>
       <c r="E37" s="3">
-        <v>855209</v>
+        <v>1003659</v>
       </c>
       <c r="F37" s="3">
-        <v>3907081</v>
+        <v>18225393</v>
       </c>
       <c r="G37" s="3">
-        <v>47154457</v>
+        <v>92302046</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A8:G8"/>
-    <mergeCell ref="A12:G12"/>
-[...1 lines deleted...]
-    <mergeCell ref="A20:G20"/>
+    <mergeCell ref="A17:G17"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">