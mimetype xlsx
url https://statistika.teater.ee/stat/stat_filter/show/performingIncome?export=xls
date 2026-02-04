--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,239 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
-[...1 lines deleted...]
-    <t>68,11</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
+  <si>
+    <t>59,74</t>
   </si>
   <si>
     <t>KOKKU</t>
   </si>
   <si>
-    <t>59,74</t>
-[...1 lines deleted...]
-  <si>
     <t>Von Krahli Teater</t>
   </si>
   <si>
-    <t>50,51</t>
-[...103 lines deleted...]
-  <si>
     <t>eraetendusasutus</t>
-  </si>
-[...67 lines deleted...]
-    <t>avalik-õiguslik</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>€</t>
   </si>
   <si>
     <t>Teater</t>
   </si>
   <si>
     <t>Avaliku sektori toetus</t>
   </si>
   <si>
     <t>AASTAL 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
@@ -614,446 +437,114 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C37"/>
+  <dimension ref="A1:C6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="C36" sqref="C36:C36"/>
+      <selection activeCell="C5" sqref="C5:C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="6" t="s">
-        <v>66</v>
+        <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="2" t="s">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>64</v>
+        <v>5</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>63</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
-        <v>62</v>
+        <v>3</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4" t="s">
-        <v>61</v>
+        <v>2</v>
       </c>
       <c r="B5" s="2">
-        <v>12027194</v>
+        <v>861802</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>60</v>
+        <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:3">
-      <c r="A6" s="3" t="s">
-[...320 lines deleted...]
-      <c r="B36" s="2">
+      <c r="A6" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="3">
         <v>861802</v>
       </c>
-      <c r="C36" s="2" t="s">
-[...10 lines deleted...]
-      <c r="C37" s="3" t="s">
+      <c r="C6" s="3" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:C4"/>
-    <mergeCell ref="A6:C6"/>
-[...1 lines deleted...]
-    <mergeCell ref="A17:C17"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">