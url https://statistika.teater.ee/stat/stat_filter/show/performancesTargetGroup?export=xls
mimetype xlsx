--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,224 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>KOKKU</t>
   </si>
   <si>
-    <t>Von Krahli Teater</t>
-[...109 lines deleted...]
-  <si>
     <t>Ekspeditsioon</t>
-  </si>
-[...55 lines deleted...]
-    <t>avalik-õiguslik</t>
   </si>
   <si>
     <t>täiskasvanud&lt;br /&gt;21-...</t>
   </si>
   <si>
     <t>noored&lt;br /&gt;17-20a</t>
   </si>
   <si>
     <t>teismelised&lt;br /&gt;12-16a</t>
   </si>
   <si>
     <t>lapsed&lt;br /&gt;6-11a</t>
   </si>
   <si>
     <t>väikelapsed&lt;br /&gt;kuni 5a</t>
   </si>
   <si>
     <t>KOGU REPERTUAAR</t>
   </si>
   <si>
     <t>UUSLAVASTUSED</t>
   </si>
   <si>
     <t>TEATER</t>
   </si>
@@ -614,2447 +446,217 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M62"/>
+  <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="M61" sqref="M61:M61"/>
+      <selection activeCell="M5" sqref="M5:M5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="6" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="2" t="s">
-        <v>65</v>
+        <v>9</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>64</v>
+        <v>8</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="2" t="s">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
     </row>
     <row r="4" spans="1:13">
       <c r="B4" s="3" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>59</v>
+        <v>3</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>0</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>62</v>
+        <v>6</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>61</v>
+        <v>5</v>
       </c>
       <c r="J4" s="3" t="s">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="K4" s="3" t="s">
-        <v>59</v>
+        <v>3</v>
       </c>
       <c r="L4" s="3" t="s">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:13">
-      <c r="A5" s="5" t="s">
-[...3 lines deleted...]
-      <c r="C5" s="1"/>
+      <c r="A5" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B5" s="2">
+        <v>0</v>
+      </c>
+      <c r="C5" s="2">
+        <v>0</v>
+      </c>
+      <c r="D5" s="2">
+        <v>0</v>
+      </c>
+      <c r="E5" s="2">
+        <v>0</v>
+      </c>
+      <c r="F5" s="2">
+        <v>41</v>
+      </c>
+      <c r="G5" s="5">
+        <v>41</v>
+      </c>
+      <c r="H5" s="2">
+        <v>0</v>
+      </c>
+      <c r="I5" s="2">
+        <v>0</v>
+      </c>
+      <c r="J5" s="2">
+        <v>0</v>
+      </c>
+      <c r="K5" s="2">
+        <v>0</v>
+      </c>
+      <c r="L5" s="2">
+        <v>87</v>
+      </c>
+      <c r="M5" s="5">
+        <v>87</v>
+      </c>
     </row>
     <row r="6" spans="1:13">
-      <c r="A6" s="3" t="s">
-[...15 lines deleted...]
-        <v>43</v>
+      <c r="A6" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B6" s="5">
+        <v>0</v>
+      </c>
+      <c r="C6" s="5">
+        <v>0</v>
+      </c>
+      <c r="D6" s="5">
+        <v>0</v>
+      </c>
+      <c r="E6" s="5">
+        <v>0</v>
+      </c>
+      <c r="F6" s="5">
+        <v>41</v>
       </c>
       <c r="G6" s="5">
-        <v>71</v>
-[...14 lines deleted...]
-        <v>91</v>
+        <v>41</v>
+      </c>
+      <c r="H6" s="5">
+        <v>0</v>
+      </c>
+      <c r="I6" s="5">
+        <v>0</v>
+      </c>
+      <c r="J6" s="5">
+        <v>0</v>
+      </c>
+      <c r="K6" s="5">
+        <v>0</v>
+      </c>
+      <c r="L6" s="5">
+        <v>87</v>
       </c>
       <c r="M6" s="5">
-        <v>253</v>
-[...699 lines deleted...]
-      <c r="L24" s="2">
         <v>87</v>
-      </c>
-[...1559 lines deleted...]
-        <v>7344</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:G3"/>
     <mergeCell ref="H3:M3"/>
-    <mergeCell ref="A5:C5"/>
-    <mergeCell ref="A9:C9"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">