--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,368 +12,503 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
-[...1 lines deleted...]
-    <t>22,5</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
+  <si>
+    <t>11,92</t>
+  </si>
+  <si>
+    <t>13,27</t>
+  </si>
+  <si>
+    <t>8,97</t>
+  </si>
+  <si>
+    <t>7,62</t>
+  </si>
+  <si>
+    <t>4,12</t>
   </si>
   <si>
     <t>kokku KESKMINE</t>
   </si>
   <si>
-    <t>25,46</t>
+    <t>14,75</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>7,53</t>
   </si>
   <si>
     <t>Von Krahli Teater</t>
   </si>
   <si>
-    <t>Vene Nukuteater</t>
-[...2 lines deleted...]
-    <t>17,23</t>
+    <t>5,58</t>
+  </si>
+  <si>
+    <t>13,77</t>
+  </si>
+  <si>
+    <t>Vilde Teater</t>
+  </si>
+  <si>
+    <t>11,02</t>
+  </si>
+  <si>
+    <t>6,13</t>
+  </si>
+  <si>
+    <t>8,50</t>
+  </si>
+  <si>
+    <t>7,24</t>
   </si>
   <si>
     <t>VAT Teater</t>
   </si>
   <si>
     <t>Varius</t>
   </si>
   <si>
+    <t>9,73</t>
+  </si>
+  <si>
     <t>Vana Baskini Teater</t>
   </si>
   <si>
-    <t>29,41</t>
+    <t>12,71</t>
   </si>
   <si>
     <t>Vaba Lava</t>
   </si>
   <si>
+    <t>3,09</t>
+  </si>
+  <si>
+    <t>2,25</t>
+  </si>
+  <si>
+    <t>2,37</t>
+  </si>
+  <si>
+    <t>2,74</t>
+  </si>
+  <si>
     <t>Tuuleveski</t>
   </si>
   <si>
-    <t>THORS teater</t>
-[...2 lines deleted...]
-    <t>20,89</t>
+    <t>13,25</t>
+  </si>
+  <si>
+    <t>8,13</t>
   </si>
   <si>
     <t>Theatrum</t>
   </si>
   <si>
-    <t>11,72</t>
+    <t>6,73</t>
+  </si>
+  <si>
+    <t>3,13</t>
+  </si>
+  <si>
+    <t>5,79</t>
+  </si>
+  <si>
+    <t>3,48</t>
   </si>
   <si>
     <t>Teoteater</t>
   </si>
   <si>
-    <t>22,86</t>
-[...17 lines deleted...]
-    <t>15,87</t>
+    <t>13,84</t>
+  </si>
+  <si>
+    <t>7,67</t>
   </si>
   <si>
     <t>Tartu Uus Teater</t>
   </si>
   <si>
-    <t>11,08</t>
+    <t>6,67</t>
+  </si>
+  <si>
+    <t>8,27</t>
+  </si>
+  <si>
+    <t>Tallinna Tantsuteater</t>
+  </si>
+  <si>
+    <t>8,00</t>
+  </si>
+  <si>
+    <t>Tallinna Lasteteater</t>
+  </si>
+  <si>
+    <t>6,93</t>
+  </si>
+  <si>
+    <t>4,98</t>
   </si>
   <si>
     <t>Sõltumatu Tantsu Lava</t>
   </si>
   <si>
-    <t>24,83</t>
+    <t>13,72</t>
   </si>
   <si>
     <t>Sundown Entertainment</t>
   </si>
   <si>
-    <t>42,05</t>
-[...8 lines deleted...]
-    <t>22,03</t>
+    <t>11,04</t>
   </si>
   <si>
     <t>R.A.A.A.M.</t>
   </si>
   <si>
-    <t>16,48</t>
-[...2 lines deleted...]
-    <t>PUNKT</t>
+    <t>8,36</t>
+  </si>
+  <si>
+    <t>9,96</t>
+  </si>
+  <si>
+    <t>6,66</t>
+  </si>
+  <si>
+    <t>PolygonTeater</t>
+  </si>
+  <si>
+    <t>5,16</t>
+  </si>
+  <si>
+    <t>3,97</t>
   </si>
   <si>
     <t>Piip ja Tuut Teater</t>
   </si>
   <si>
     <t>Oma Lava</t>
   </si>
   <si>
-    <t>13,56</t>
-[...5 lines deleted...]
-    <t>21,47</t>
+    <t>12,50</t>
+  </si>
+  <si>
+    <t>Nargen Opera</t>
   </si>
   <si>
     <t>Must Kast</t>
   </si>
   <si>
-    <t>28,53</t>
+    <t>6,96</t>
+  </si>
+  <si>
+    <t>millimeter performance group</t>
+  </si>
+  <si>
+    <t>2,29</t>
+  </si>
+  <si>
+    <t>4,65</t>
   </si>
   <si>
     <t>Miksteater</t>
   </si>
   <si>
-    <t>36,66</t>
-[...8 lines deleted...]
-    <t>Kiseljus Teater</t>
+    <t>14,10</t>
+  </si>
+  <si>
+    <t>Liivi Muuseum</t>
+  </si>
+  <si>
+    <t>16,06</t>
+  </si>
+  <si>
+    <t>Kukruse Mõisateater</t>
   </si>
   <si>
     <t>Kinoteater</t>
   </si>
   <si>
-    <t>27,55</t>
-[...5 lines deleted...]
-    <t>15,46</t>
+    <t>8,66</t>
+  </si>
+  <si>
+    <t>Kell Kümme</t>
+  </si>
+  <si>
+    <t>7,63</t>
   </si>
   <si>
     <t>Kanuti Gildi SAAL</t>
   </si>
   <si>
-    <t>13,07</t>
-[...8 lines deleted...]
-    <t>1,26</t>
+    <t>7,80</t>
+  </si>
+  <si>
+    <t>Just Meelelahutus</t>
+  </si>
+  <si>
+    <t>2,50</t>
+  </si>
+  <si>
+    <t>2,55</t>
+  </si>
+  <si>
+    <t>2,41</t>
+  </si>
+  <si>
+    <t>Ilmarine</t>
+  </si>
+  <si>
+    <t>4,35</t>
   </si>
   <si>
     <t>Goltsman Ballet</t>
   </si>
   <si>
-    <t>11,76</t>
+    <t>7,85</t>
   </si>
   <si>
     <t>Fine5 Tantsuteater</t>
   </si>
   <si>
-    <t>25,13</t>
+    <t>12,97</t>
+  </si>
+  <si>
+    <t>9,67</t>
   </si>
   <si>
     <t>Emajõe Suveteater</t>
   </si>
   <si>
-    <t>5,71</t>
-[...11 lines deleted...]
-    <t>20,76</t>
+    <t>8,77</t>
+  </si>
+  <si>
+    <t>10,33</t>
   </si>
   <si>
     <t>Eesti Tantsuagentuur</t>
   </si>
   <si>
-    <t>Draakonipesa</t>
+    <t>Daysleepers</t>
   </si>
   <si>
     <t>Banaanikala Projektiteater</t>
   </si>
   <si>
-    <t>24,80</t>
+    <t>5,00</t>
   </si>
   <si>
     <t>Arena</t>
   </si>
   <si>
-    <t>21,32</t>
-[...5 lines deleted...]
-    <t>25,27</t>
+    <t>Albu vald</t>
   </si>
   <si>
     <t>Ajateater</t>
   </si>
   <si>
-    <t>17,88</t>
+    <t>8,71</t>
+  </si>
+  <si>
+    <t>7,83</t>
+  </si>
+  <si>
+    <t>6,92</t>
+  </si>
+  <si>
+    <t>5,34</t>
   </si>
   <si>
     <t>Vene Teater</t>
   </si>
   <si>
-    <t>22,62</t>
+    <t>10,40</t>
+  </si>
+  <si>
+    <t>10,56</t>
+  </si>
+  <si>
+    <t>5,68</t>
   </si>
   <si>
     <t>Vanemuine</t>
   </si>
   <si>
-    <t>17,51</t>
+    <t>9,54</t>
+  </si>
+  <si>
+    <t>7,44</t>
   </si>
   <si>
     <t>Ugala Teater</t>
   </si>
   <si>
-    <t>17,73</t>
+    <t>14,95</t>
+  </si>
+  <si>
+    <t>Teater NO99</t>
+  </si>
+  <si>
+    <t>10,21</t>
+  </si>
+  <si>
+    <t>7,40</t>
   </si>
   <si>
     <t>Rakvere Teater</t>
   </si>
   <si>
-    <t>14,81</t>
+    <t>riigi osalusega sihtasutusena tegutsevad etendusasutused</t>
+  </si>
+  <si>
+    <t>9,93</t>
+  </si>
+  <si>
+    <t>3,29</t>
   </si>
   <si>
     <t>Kuressaare Linnateater</t>
   </si>
   <si>
-    <t>16,37</t>
+    <t>munitsipaal-etendusasutus</t>
+  </si>
+  <si>
+    <t>10,05</t>
+  </si>
+  <si>
+    <t>6,30</t>
+  </si>
+  <si>
+    <t>8,18</t>
+  </si>
+  <si>
+    <t>8,12</t>
+  </si>
+  <si>
+    <t>4,23</t>
   </si>
   <si>
     <t>Endla Teater</t>
   </si>
   <si>
-    <t>16,98</t>
+    <t>16,35</t>
+  </si>
+  <si>
+    <t>9,01</t>
+  </si>
+  <si>
+    <t>6,11</t>
+  </si>
+  <si>
+    <t>5,99</t>
+  </si>
+  <si>
+    <t>4,73</t>
   </si>
   <si>
     <t>Eesti Noorsooteater</t>
   </si>
   <si>
-    <t>25,72</t>
+    <t>11,53</t>
+  </si>
+  <si>
+    <t>6,45</t>
   </si>
   <si>
     <t>Eesti Draamateater</t>
   </si>
   <si>
-    <t>riigi osalusega sihtasutusena tegutsevad etendusasutused</t>
-[...2 lines deleted...]
-    <t>23,44</t>
+    <t>15,85</t>
+  </si>
+  <si>
+    <t>14,41</t>
   </si>
   <si>
     <t>Tallinna Linnateater</t>
   </si>
   <si>
-    <t>Paide Teater</t>
-[...2 lines deleted...]
-    <t>25,75</t>
+    <t>16,04</t>
+  </si>
+  <si>
+    <t>13,93</t>
+  </si>
+  <si>
+    <t>10,52</t>
+  </si>
+  <si>
+    <t>11,46</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>avalik-õiguslik</t>
   </si>
   <si>
     <t>täiskasvanud&lt;br /&gt;21-...</t>
   </si>
   <si>
     <t>noored&lt;br /&gt;17-20a</t>
   </si>
   <si>
     <t>teismelised&lt;br /&gt;12-16a</t>
   </si>
   <si>
     <t>lapsed&lt;br /&gt;6-11a</t>
   </si>
   <si>
     <t>väikelapsed&lt;br /&gt;kuni 5a</t>
   </si>
   <si>
     <t>Teatrikülastuse keskmine maksumus sihtrühma järgi</t>
   </si>
   <si>
-    <t>AASTAL 2024</t>
+    <t>AASTAL 2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -728,1226 +863,1130 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F61"/>
+  <dimension ref="A1:F58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F60" sqref="F60:F60"/>
+      <selection activeCell="F57" sqref="F57:F57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="6" t="s">
-        <v>104</v>
+        <v>149</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="B3" s="2" t="s">
-        <v>103</v>
+        <v>148</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>101</v>
+        <v>146</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>100</v>
+        <v>145</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>99</v>
+        <v>144</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>98</v>
+        <v>143</v>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="4" t="s">
-        <v>97</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>142</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>139</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>96</v>
+        <v>138</v>
       </c>
     </row>
     <row r="6" spans="1:6">
-      <c r="A6" s="4" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="A6" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B6" s="1"/>
+      <c r="C6" s="1"/>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
-        <v>94</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>137</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>136</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="3" t="s">
-        <v>92</v>
+        <v>115</v>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="4" t="s">
-        <v>91</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>134</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="4" t="s">
-        <v>89</v>
-[...11 lines deleted...]
-        <v>14</v>
+        <v>131</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>127</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>88</v>
+        <v>126</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="4" t="s">
-        <v>87</v>
-[...11 lines deleted...]
-        <v>13</v>
+        <v>125</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>121</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>86</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="4" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="A12" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="4" t="s">
-        <v>83</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>118</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>82</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="4" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="A14" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" s="1"/>
+      <c r="C14" s="1"/>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4" t="s">
-        <v>79</v>
-[...11 lines deleted...]
-        <v>13</v>
+        <v>114</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>78</v>
+        <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="4" t="s">
-        <v>77</v>
-[...11 lines deleted...]
-        <v>15</v>
+        <v>111</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4" t="s">
-        <v>75</v>
-[...11 lines deleted...]
-        <v>16</v>
+        <v>109</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>74</v>
+        <v>107</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="4" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>106</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>72</v>
+        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4" t="s">
-        <v>71</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>102</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="4" t="s">
-        <v>69</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>97</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4" t="s">
-        <v>68</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>96</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="4" t="s">
-        <v>67</v>
-[...11 lines deleted...]
-        <v>3</v>
+        <v>95</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>94</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4" t="s">
-        <v>65</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>93</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="4" t="s">
-        <v>63</v>
-[...11 lines deleted...]
-        <v>3</v>
+        <v>92</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>62</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="4" t="s">
-        <v>61</v>
-[...11 lines deleted...]
-        <v>20</v>
+        <v>91</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>90</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="4" t="s">
-        <v>59</v>
-[...11 lines deleted...]
-        <v>14</v>
+        <v>88</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>58</v>
+        <v>86</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4" t="s">
-        <v>57</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>85</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="4" t="s">
-        <v>55</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>83</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4" t="s">
-        <v>54</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>81</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="4" t="s">
-        <v>52</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>77</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>76</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>51</v>
+        <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="4" t="s">
-        <v>50</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>75</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="4" t="s">
-        <v>48</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>73</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="4" t="s">
-        <v>47</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>71</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>46</v>
+        <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="4" t="s">
-        <v>45</v>
-[...10 lines deleted...]
-      <c r="E34" s="2">
+        <v>70</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>7</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="4" t="s">
-        <v>43</v>
-[...11 lines deleted...]
-        <v>18</v>
+        <v>68</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="4" t="s">
-        <v>41</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>66</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>40</v>
+        <v>7</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="4" t="s">
-        <v>39</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>63</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="4" t="s">
-        <v>37</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>61</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="4" t="s">
-        <v>36</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>60</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="4" t="s">
-        <v>35</v>
-[...11 lines deleted...]
-        <v>11</v>
+        <v>58</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="4" t="s">
-        <v>33</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" s="4" t="s">
-        <v>31</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>54</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="4" t="s">
-        <v>30</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>50</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="4" t="s">
-        <v>28</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>48</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" s="4" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>46</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="4" t="s">
-        <v>24</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>43</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>23</v>
+        <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="4" t="s">
-        <v>22</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>41</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>40</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>21</v>
+        <v>39</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" s="4" t="s">
-        <v>20</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>38</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="4" t="s">
-        <v>19</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>35</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" s="4" t="s">
-        <v>18</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>30</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="4" t="s">
-        <v>16</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>27</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" s="4" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>14</v>
+        <v>22</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>7</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" s="4" t="s">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" s="4" t="s">
-        <v>11</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>18</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" s="4" t="s">
-        <v>10</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>17</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>14</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="4" t="s">
-        <v>8</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>12</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" s="4" t="s">
-        <v>7</v>
-[...14 lines deleted...]
-        <v>0</v>
+        <v>9</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:6">
-      <c r="A58" s="4" t="s">
-[...14 lines deleted...]
-      <c r="F58" s="2" t="s">
+      <c r="A58" s="5" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A59" s="4" t="s">
+      <c r="B58" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B59" s="2">
-[...16 lines deleted...]
-      <c r="A60" s="4" t="s">
+      <c r="C58" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B60" s="2">
-[...11 lines deleted...]
-      <c r="F60" s="2" t="s">
+      <c r="D58" s="3" t="s">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A61" s="5" t="s">
+      <c r="E58" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B61" s="3">
-[...11 lines deleted...]
-      <c r="F61" s="3" t="s">
+      <c r="F58" s="3" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A4:C4"/>
+    <mergeCell ref="A6:C6"/>
     <mergeCell ref="A8:C8"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="A14:C14"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">