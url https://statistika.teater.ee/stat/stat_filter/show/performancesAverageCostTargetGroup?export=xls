--- v1 (2025-12-05)
+++ v2 (2026-03-22)
@@ -12,482 +12,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
-[...14 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>kokku KESKMINE</t>
-  </si>
-[...412 lines deleted...]
-    <t>avalik-õiguslik</t>
   </si>
   <si>
     <t>täiskasvanud&lt;br /&gt;21-...</t>
   </si>
   <si>
     <t>noored&lt;br /&gt;17-20a</t>
   </si>
   <si>
     <t>teismelised&lt;br /&gt;12-16a</t>
   </si>
   <si>
     <t>lapsed&lt;br /&gt;6-11a</t>
   </si>
   <si>
     <t>väikelapsed&lt;br /&gt;kuni 5a</t>
   </si>
   <si>
     <t>Teatrikülastuse keskmine maksumus sihtrühma järgi</t>
   </si>
   <si>
     <t>AASTAL 2015</t>
   </si>
 </sst>
 </file>
 
@@ -542,62 +113,55 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -863,1130 +427,110 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F58"/>
+  <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F57" sqref="F57:F57"/>
+      <selection activeCell="F3" sqref="F3:F3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
-      <c r="A1" s="6" t="s">
-        <v>149</v>
+      <c r="A1" s="3" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:6">
-      <c r="B3" s="2" t="s">
-[...12 lines deleted...]
-        <v>144</v>
+      <c r="B3" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
-[...1029 lines deleted...]
-      <c r="F58" s="3" t="s">
+      <c r="A4" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="2">
+        <v>0</v>
+      </c>
+      <c r="C4" s="2">
+        <v>0</v>
+      </c>
+      <c r="D4" s="2">
+        <v>0</v>
+      </c>
+      <c r="E4" s="2">
+        <v>0</v>
+      </c>
+      <c r="F4" s="2">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A4:C4"/>
-[...3 lines deleted...]
-    <mergeCell ref="A14:C14"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">