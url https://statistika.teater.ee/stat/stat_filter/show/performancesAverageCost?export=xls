--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,851 +12,845 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
-[...25 lines deleted...]
-    <t>20,62</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
+  <si>
+    <t>7,26</t>
+  </si>
+  <si>
+    <t>12,19</t>
+  </si>
+  <si>
+    <t>10,65</t>
+  </si>
+  <si>
+    <t>2,83</t>
+  </si>
+  <si>
+    <t>13,44</t>
+  </si>
+  <si>
+    <t>3,04</t>
+  </si>
+  <si>
+    <t>4,29</t>
+  </si>
+  <si>
+    <t>5,03</t>
+  </si>
+  <si>
+    <t>4,57</t>
+  </si>
+  <si>
+    <t>7,93</t>
+  </si>
+  <si>
+    <t>12,36</t>
+  </si>
+  <si>
+    <t>11,99</t>
+  </si>
+  <si>
+    <t>13,27</t>
+  </si>
+  <si>
+    <t>13,12</t>
+  </si>
+  <si>
+    <t>13,14</t>
+  </si>
+  <si>
+    <t>9,02</t>
+  </si>
+  <si>
+    <t>10,91</t>
+  </si>
+  <si>
+    <t>10,43</t>
   </si>
   <si>
     <t>kokku KESKMINE</t>
   </si>
   <si>
-    <t>25,19</t>
-[...14 lines deleted...]
-    <t>24,49</t>
+    <t>13,96</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>20,12</t>
+  </si>
+  <si>
+    <t>8,21</t>
+  </si>
+  <si>
+    <t>11,19</t>
+  </si>
+  <si>
+    <t>10,93</t>
   </si>
   <si>
     <t>Von Krahli Teater</t>
   </si>
   <si>
-    <t>10,98</t>
-[...20 lines deleted...]
-    <t>14,31</t>
+    <t>8,31</t>
+  </si>
+  <si>
+    <t>5,24</t>
+  </si>
+  <si>
+    <t>9,31</t>
+  </si>
+  <si>
+    <t>Vilde Teater</t>
+  </si>
+  <si>
+    <t>9,70</t>
+  </si>
+  <si>
+    <t>8,81</t>
+  </si>
+  <si>
+    <t>8,57</t>
+  </si>
+  <si>
+    <t>8,61</t>
+  </si>
+  <si>
+    <t>7,31</t>
+  </si>
+  <si>
+    <t>8,77</t>
+  </si>
+  <si>
+    <t>10,50</t>
+  </si>
+  <si>
+    <t>9,86</t>
   </si>
   <si>
     <t>VAT Teater</t>
   </si>
   <si>
     <t>Varius</t>
   </si>
   <si>
+    <t>9,73</t>
+  </si>
+  <si>
+    <t>9,20</t>
+  </si>
+  <si>
+    <t>11,53</t>
+  </si>
+  <si>
     <t>Vana Baskini Teater</t>
   </si>
   <si>
-    <t>28,41</t>
+    <t>12,71</t>
+  </si>
+  <si>
+    <t>12,92</t>
+  </si>
+  <si>
+    <t>9,55</t>
+  </si>
+  <si>
+    <t>Vaba Lava</t>
+  </si>
+  <si>
+    <t>2,55</t>
+  </si>
+  <si>
+    <t>2,60</t>
+  </si>
+  <si>
+    <t>6,67</t>
+  </si>
+  <si>
+    <t>2,64</t>
+  </si>
+  <si>
+    <t>3,09</t>
+  </si>
+  <si>
+    <t>2,09</t>
+  </si>
+  <si>
+    <t>Tuuleveski</t>
+  </si>
+  <si>
+    <t>12,89</t>
+  </si>
+  <si>
+    <t>9,84</t>
+  </si>
+  <si>
+    <t>14,52</t>
+  </si>
+  <si>
+    <t>12,93</t>
+  </si>
+  <si>
+    <t>Theatrum</t>
+  </si>
+  <si>
+    <t>5,69</t>
+  </si>
+  <si>
+    <t>6,25</t>
+  </si>
+  <si>
+    <t>Teoteater</t>
+  </si>
+  <si>
+    <t>13,25</t>
+  </si>
+  <si>
+    <t>12,73</t>
+  </si>
+  <si>
+    <t>12,42</t>
+  </si>
+  <si>
+    <t>12,55</t>
+  </si>
+  <si>
+    <t>7,86</t>
+  </si>
+  <si>
+    <t>7,60</t>
+  </si>
+  <si>
+    <t>7,67</t>
+  </si>
+  <si>
+    <t>12,99</t>
+  </si>
+  <si>
+    <t>12,87</t>
+  </si>
+  <si>
+    <t>15,38</t>
+  </si>
+  <si>
+    <t>14,60</t>
+  </si>
+  <si>
+    <t>Tartu Uus Teater</t>
+  </si>
+  <si>
+    <t>6,97</t>
+  </si>
+  <si>
+    <t>5,92</t>
+  </si>
+  <si>
+    <t>7,85</t>
+  </si>
+  <si>
+    <t>Tallinna Tantsuteater</t>
+  </si>
+  <si>
+    <t>8,00</t>
+  </si>
+  <si>
+    <t>Tallinna Lasteteater</t>
+  </si>
+  <si>
+    <t>5,64</t>
+  </si>
+  <si>
+    <t>6,87</t>
+  </si>
+  <si>
+    <t>5,58</t>
+  </si>
+  <si>
+    <t>5,48</t>
+  </si>
+  <si>
+    <t>5,54</t>
+  </si>
+  <si>
+    <t>3,01</t>
+  </si>
+  <si>
+    <t>6,36</t>
+  </si>
+  <si>
+    <t>5,57</t>
+  </si>
+  <si>
+    <t>7,54</t>
+  </si>
+  <si>
+    <t>Sõltumatu Tantsu Lava</t>
+  </si>
+  <si>
+    <t>13,72</t>
+  </si>
+  <si>
+    <t>Sundown Entertainment</t>
+  </si>
+  <si>
+    <t>11,04</t>
+  </si>
+  <si>
+    <t>7,30</t>
+  </si>
+  <si>
+    <t>13,60</t>
+  </si>
+  <si>
+    <t>R.A.A.A.M.</t>
+  </si>
+  <si>
+    <t>7,99</t>
+  </si>
+  <si>
+    <t>6,58</t>
+  </si>
+  <si>
+    <t>8,75</t>
+  </si>
+  <si>
+    <t>8,32</t>
+  </si>
+  <si>
+    <t>PolygonTeater</t>
+  </si>
+  <si>
+    <t>4,27</t>
+  </si>
+  <si>
+    <t>4,97</t>
+  </si>
+  <si>
+    <t>20,00</t>
+  </si>
+  <si>
+    <t>6,06</t>
+  </si>
+  <si>
+    <t>4,11</t>
+  </si>
+  <si>
+    <t>8,26</t>
+  </si>
+  <si>
+    <t>5,04</t>
+  </si>
+  <si>
+    <t>Piip ja Tuut Teater</t>
+  </si>
+  <si>
+    <t>Oma Lava</t>
+  </si>
+  <si>
+    <t>12,50</t>
+  </si>
+  <si>
+    <t>Nargen Opera</t>
+  </si>
+  <si>
+    <t>Must Kast</t>
+  </si>
+  <si>
+    <t>6,96</t>
+  </si>
+  <si>
+    <t>millimeter performance group</t>
+  </si>
+  <si>
+    <t>4,48</t>
+  </si>
+  <si>
+    <t>2,15</t>
+  </si>
+  <si>
+    <t>5,25</t>
+  </si>
+  <si>
+    <t>Miksteater</t>
+  </si>
+  <si>
+    <t>14,10</t>
+  </si>
+  <si>
+    <t>Liivi Muuseum</t>
+  </si>
+  <si>
+    <t>16,06</t>
+  </si>
+  <si>
+    <t>Kukruse Mõisateater</t>
+  </si>
+  <si>
+    <t>Kinoteater</t>
+  </si>
+  <si>
+    <t>8,66</t>
+  </si>
+  <si>
+    <t>6,73</t>
+  </si>
+  <si>
+    <t>10,40</t>
+  </si>
+  <si>
+    <t>Kell Kümme</t>
+  </si>
+  <si>
+    <t>7,74</t>
+  </si>
+  <si>
+    <t>8,67</t>
+  </si>
+  <si>
+    <t>7,46</t>
+  </si>
+  <si>
+    <t>7,75</t>
+  </si>
+  <si>
+    <t>8,24</t>
+  </si>
+  <si>
+    <t>10,86</t>
+  </si>
+  <si>
+    <t>6,55</t>
   </si>
   <si>
     <t>6,90</t>
   </si>
   <si>
-    <t>29,41</t>
-[...122 lines deleted...]
-    <t>Tartu Uus Teater</t>
+    <t>8,62</t>
+  </si>
+  <si>
+    <t>Kanuti Gildi SAAL</t>
+  </si>
+  <si>
+    <t>7,80</t>
+  </si>
+  <si>
+    <t>Just Meelelahutus</t>
+  </si>
+  <si>
+    <t>2,47</t>
+  </si>
+  <si>
+    <t>2,18</t>
+  </si>
+  <si>
+    <t>2,08</t>
+  </si>
+  <si>
+    <t>2,17</t>
+  </si>
+  <si>
+    <t>2,37</t>
+  </si>
+  <si>
+    <t>2,50</t>
+  </si>
+  <si>
+    <t>2,38</t>
+  </si>
+  <si>
+    <t>2,27</t>
+  </si>
+  <si>
+    <t>2,54</t>
+  </si>
+  <si>
+    <t>Ilmarine</t>
+  </si>
+  <si>
+    <t>4,35</t>
+  </si>
+  <si>
+    <t>2,52</t>
+  </si>
+  <si>
+    <t>8,43</t>
+  </si>
+  <si>
+    <t>Goltsman Ballet</t>
+  </si>
+  <si>
+    <t>7,97</t>
+  </si>
+  <si>
+    <t>7,15</t>
+  </si>
+  <si>
+    <t>Fine5 Tantsuteater</t>
+  </si>
+  <si>
+    <t>10,48</t>
+  </si>
+  <si>
+    <t>7,11</t>
+  </si>
+  <si>
+    <t>10,57</t>
+  </si>
+  <si>
+    <t>Emajõe Suveteater</t>
+  </si>
+  <si>
+    <t>10,33</t>
+  </si>
+  <si>
+    <t>Eesti Tantsuagentuur</t>
+  </si>
+  <si>
+    <t>Daysleepers</t>
+  </si>
+  <si>
+    <t>Banaanikala Projektiteater</t>
+  </si>
+  <si>
+    <t>5,10</t>
+  </si>
+  <si>
+    <t>5,00</t>
+  </si>
+  <si>
+    <t>Arena</t>
+  </si>
+  <si>
+    <t>Albu vald</t>
+  </si>
+  <si>
+    <t>Ajateater</t>
+  </si>
+  <si>
+    <t>8,17</t>
+  </si>
+  <si>
+    <t>6,80</t>
+  </si>
+  <si>
+    <t>7,32</t>
+  </si>
+  <si>
+    <t>8,28</t>
+  </si>
+  <si>
+    <t>8,19</t>
+  </si>
+  <si>
+    <t>Vene Teater</t>
+  </si>
+  <si>
+    <t>10,25</t>
+  </si>
+  <si>
+    <t>8,54</t>
+  </si>
+  <si>
+    <t>8,74</t>
+  </si>
+  <si>
+    <t>14,58</t>
+  </si>
+  <si>
+    <t>9,62</t>
+  </si>
+  <si>
+    <t>11,13</t>
+  </si>
+  <si>
+    <t>14,42</t>
+  </si>
+  <si>
+    <t>9,29</t>
+  </si>
+  <si>
+    <t>10,03</t>
+  </si>
+  <si>
+    <t>Vanemuine</t>
+  </si>
+  <si>
+    <t>8,97</t>
+  </si>
+  <si>
+    <t>8,10</t>
+  </si>
+  <si>
+    <t>6,53</t>
+  </si>
+  <si>
+    <t>7,69</t>
+  </si>
+  <si>
+    <t>10,10</t>
   </si>
   <si>
     <t>9,33</t>
   </si>
   <si>
-    <t>13,88</t>
-[...71 lines deleted...]
-    <t>7,32</t>
+    <t>Ugala Teater</t>
+  </si>
+  <si>
+    <t>14,95</t>
+  </si>
+  <si>
+    <t>19,93</t>
+  </si>
+  <si>
+    <t>2,41</t>
+  </si>
+  <si>
+    <t>7,72</t>
+  </si>
+  <si>
+    <t>10,79</t>
+  </si>
+  <si>
+    <t>11,34</t>
+  </si>
+  <si>
+    <t>11,28</t>
+  </si>
+  <si>
+    <t>Teater NO99</t>
+  </si>
+  <si>
+    <t>9,37</t>
+  </si>
+  <si>
+    <t>7,57</t>
+  </si>
+  <si>
+    <t>7,77</t>
+  </si>
+  <si>
+    <t>9,72</t>
+  </si>
+  <si>
+    <t>9,78</t>
+  </si>
+  <si>
+    <t>Rakvere Teater</t>
+  </si>
+  <si>
+    <t>riigi osalusega sihtasutusena tegutsevad etendusasutused</t>
+  </si>
+  <si>
+    <t>8,69</t>
+  </si>
+  <si>
+    <t>3,28</t>
+  </si>
+  <si>
+    <t>4,17</t>
+  </si>
+  <si>
+    <t>3,35</t>
+  </si>
+  <si>
+    <t>10,07</t>
+  </si>
+  <si>
+    <t>9,07</t>
+  </si>
+  <si>
+    <t>Kuressaare Linnateater</t>
+  </si>
+  <si>
+    <t>munitsipaal-etendusasutus</t>
+  </si>
+  <si>
+    <t>9,42</t>
+  </si>
+  <si>
+    <t>8,47</t>
+  </si>
+  <si>
+    <t>4,23</t>
+  </si>
+  <si>
+    <t>12,09</t>
   </si>
   <si>
     <t>9,81</t>
   </si>
   <si>
-    <t>Müüdud Naer</t>
-[...368 lines deleted...]
-    <t>15,94</t>
+    <t>9,49</t>
   </si>
   <si>
     <t>Endla Teater</t>
   </si>
   <si>
-    <t>11,95</t>
+    <t>9,19</t>
+  </si>
+  <si>
+    <t>9,21</t>
+  </si>
+  <si>
+    <t>5,29</t>
+  </si>
+  <si>
+    <t>5,01</t>
+  </si>
+  <si>
+    <t>5,16</t>
+  </si>
+  <si>
+    <t>7,37</t>
+  </si>
+  <si>
+    <t>10,09</t>
+  </si>
+  <si>
+    <t>9,92</t>
+  </si>
+  <si>
+    <t>Eesti Noorsooteater</t>
+  </si>
+  <si>
+    <t>11,11</t>
+  </si>
+  <si>
+    <t>11,46</t>
   </si>
   <si>
     <t>11,07</t>
   </si>
   <si>
-    <t>12,66</t>
+    <t>Eesti Draamateater</t>
+  </si>
+  <si>
+    <t>15,36</t>
+  </si>
+  <si>
+    <t>16,32</t>
+  </si>
+  <si>
+    <t>15,70</t>
+  </si>
+  <si>
+    <t>15,28</t>
+  </si>
+  <si>
+    <t>Tallinna Linnateater</t>
+  </si>
+  <si>
+    <t>14,23</t>
+  </si>
+  <si>
+    <t>7,12</t>
+  </si>
+  <si>
+    <t>12,45</t>
+  </si>
+  <si>
+    <t>13,56</t>
+  </si>
+  <si>
+    <t>13,54</t>
   </si>
   <si>
     <t>12,57</t>
   </si>
   <si>
-    <t>13,28</t>
-[...68 lines deleted...]
-    <t>24,09</t>
+    <t>15,26</t>
+  </si>
+  <si>
+    <t>15,03</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>avalik-õiguslik</t>
   </si>
   <si>
     <t>vp</t>
   </si>
   <si>
     <t>st</t>
   </si>
   <si>
     <t>keskm</t>
   </si>
   <si>
     <t>Teatri keskmine</t>
   </si>
   <si>
     <t>mitmeliigilavastus</t>
   </si>
   <si>
     <t>tsirkus</t>
   </si>
   <si>
     <t>Nuku- ja objektiteater</t>
   </si>
   <si>
     <t>tantsulavastus</t>
   </si>
   <si>
     <t>muusikalavastus</t>
   </si>
   <si>
     <t>sõnalavastus</t>
   </si>
   <si>
     <t>TEATER</t>
   </si>
   <si>
     <t>Teatrikülastuse keskmine maksumus lavastusliikide järgi</t>
   </si>
   <si>
-    <t>AASTAL 2024</t>
+    <t>AASTAL 2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -1211,3659 +1205,3311 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T62"/>
+  <dimension ref="A1:T59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="S61" sqref="S61:S61"/>
+      <selection activeCell="S58" sqref="S58:S58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="6" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" s="2" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="2" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="2" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="2" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="2" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="B4" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D4" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="E4" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="E4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="G4" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="H4" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="H4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="J4" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="K4" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="K4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L4" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="M4" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="N4" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="N4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O4" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="P4" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="Q4" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="Q4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R4" s="3" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="S4" s="3" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" s="4" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" s="3" t="s">
-        <v>252</v>
-[...8 lines deleted...]
-        <v>0</v>
+        <v>250</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>248</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>247</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>249</v>
-[...20 lines deleted...]
-        <v>0</v>
+        <v>245</v>
+      </c>
+      <c r="J6" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="K6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q6" s="2" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="R6" s="2" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>243</v>
+      </c>
+      <c r="S6" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T6" s="4" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
     </row>
     <row r="7" spans="1:20">
-      <c r="A7" s="3" t="s">
-[...58 lines deleted...]
-      </c>
+      <c r="A7" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="B7" s="1"/>
+      <c r="C7" s="1"/>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" s="3" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>240</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>242</v>
+        <v>20</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>241</v>
-[...29 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q8" s="2" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="R8" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>238</v>
+      </c>
+      <c r="S8" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T8" s="4" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" s="4" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" s="3" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="D10" s="2">
-[...36 lines deleted...]
-        <v>0</v>
+      <c r="D10" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q10" s="2" t="s">
-        <v>234</v>
+        <v>20</v>
       </c>
       <c r="R10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T10" s="4" t="s">
         <v>233</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="B11" s="2" t="s">
+      <c r="D11" s="2" t="s">
         <v>229</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="E11" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H11" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I11" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J11" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="D11" s="2">
-[...36 lines deleted...]
-        <v>0</v>
+      <c r="L11" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="M11" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="N11" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O11" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q11" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="R11" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="S11" s="2" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="T11" s="4" t="s">
-        <v>224</v>
+        <v>114</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="D12" s="2">
-[...36 lines deleted...]
-        <v>0</v>
+      <c r="E12" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H12" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I12" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J12" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="L12" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="M12" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N12" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O12" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q12" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="R12" s="2" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>218</v>
+      </c>
+      <c r="S12" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T12" s="4" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="13" spans="1:20">
-      <c r="A13" s="3" t="s">
-[...5 lines deleted...]
-      <c r="C13" s="2" t="s">
+      <c r="A13" s="4" t="s">
         <v>216</v>
       </c>
-      <c r="D13" s="2">
-[...49 lines deleted...]
-      </c>
+      <c r="B13" s="1"/>
+      <c r="C13" s="1"/>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q14" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="R14" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="B14" s="2" t="s">
+      <c r="S14" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="T14" s="4" t="s">
         <v>209</v>
       </c>
-      <c r="D14" s="2">
-[...38 lines deleted...]
-      <c r="Q14" s="2" t="s">
+    </row>
+    <row r="15" spans="1:20">
+      <c r="A15" s="4" t="s">
         <v>208</v>
       </c>
-      <c r="R14" s="2" t="s">
-[...69 lines deleted...]
-      </c>
+      <c r="B15" s="1"/>
+      <c r="C15" s="1"/>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="3" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>205</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>37</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>20</v>
+      </c>
+      <c r="G16" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>192</v>
+        <v>20</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>191</v>
-[...20 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L16" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M16" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O16" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q16" s="2" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="R16" s="2" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="S16" s="2" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="T16" s="4" t="s">
-        <v>188</v>
+        <v>202</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" s="3" t="s">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>199</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>198</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>184</v>
-[...29 lines deleted...]
-        <v>0</v>
+        <v>181</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I17" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J17" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L17" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M17" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N17" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O17" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q17" s="2" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="R17" s="2" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="S17" s="2" t="s">
-        <v>181</v>
+        <v>20</v>
       </c>
       <c r="T17" s="4" t="s">
-        <v>69</v>
+        <v>194</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="3" t="s">
-        <v>180</v>
+        <v>193</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>179</v>
-[...47 lines deleted...]
-        <v>0</v>
+        <v>171</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q18" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="R18" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="S18" s="2" t="s">
+        <v>188</v>
       </c>
       <c r="T18" s="4" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="I19" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="J19" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="K19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q19" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="R19" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="S19" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T19" s="4" t="s">
         <v>177</v>
-      </c>
-[...55 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B20" s="2" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="D20" s="2">
-[...45 lines deleted...]
-        <v>0</v>
+      <c r="D20" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="I20" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="J20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R20" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S20" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T20" s="4" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="3" t="s">
-        <v>173</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>170</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S21" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T21" s="4" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="3" t="s">
-        <v>172</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>169</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S22" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T22" s="4" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="3" t="s">
-        <v>171</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>168</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>170</v>
+        <v>20</v>
       </c>
       <c r="I23" s="2" t="s">
-        <v>169</v>
-[...20 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="J23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q23" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="R23" s="2" t="s">
         <v>167</v>
       </c>
       <c r="S23" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="T23" s="4" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>162</v>
+        <v>20</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>163</v>
-[...47 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R24" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S24" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T24" s="4" t="s">
-        <v>162</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" s="3" t="s">
-        <v>161</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>164</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>160</v>
+        <v>20</v>
       </c>
       <c r="I25" s="2" t="s">
-        <v>160</v>
-[...20 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="J25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O25" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q25" s="2" t="s">
-        <v>159</v>
+        <v>20</v>
       </c>
       <c r="R25" s="2" t="s">
-        <v>158</v>
+        <v>20</v>
       </c>
       <c r="S25" s="2" t="s">
-        <v>157</v>
+        <v>20</v>
       </c>
       <c r="T25" s="4" t="s">
-        <v>156</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="3" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>154</v>
+        <v>20</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>154</v>
-[...38 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H26" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="I26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J26" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="K26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O26" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q26" s="2" t="s">
-        <v>153</v>
+        <v>35</v>
       </c>
       <c r="R26" s="2" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="S26" s="2" t="s">
+        <v>35</v>
       </c>
       <c r="T26" s="4" t="s">
-        <v>152</v>
+        <v>35</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" s="3" t="s">
-        <v>151</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>161</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>149</v>
+        <v>20</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>150</v>
-[...29 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="J27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R27" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S27" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T27" s="4" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" s="3" t="s">
-        <v>148</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>157</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>147</v>
+        <v>77</v>
       </c>
       <c r="I28" s="2" t="s">
-        <v>146</v>
-[...20 lines deleted...]
-        <v>0</v>
+        <v>156</v>
+      </c>
+      <c r="J28" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="K28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O28" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q28" s="2" t="s">
-        <v>145</v>
+        <v>20</v>
       </c>
       <c r="R28" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="S28" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T28" s="4" t="s">
-        <v>144</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" s="3" t="s">
-        <v>143</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>154</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="I29" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="J29" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="K29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S29" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T29" s="4" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I30" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J30" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="L30" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="M30" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="N30" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O30" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q30" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="R30" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="S30" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="B30" s="2">
-[...47 lines deleted...]
-      <c r="R30" s="2" t="s">
+      <c r="T30" s="4" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>20</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>139</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>135</v>
+        <v>20</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>134</v>
+        <v>20</v>
       </c>
       <c r="I31" s="2" t="s">
-        <v>134</v>
-[...20 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="J31" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K31" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L31" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M31" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N31" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O31" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q31" s="2" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="R31" s="2" t="s">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="S31" s="2" t="s">
-        <v>131</v>
+        <v>20</v>
       </c>
       <c r="T31" s="4" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H32" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="I32" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="J32" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="K32" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="L32" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="M32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q32" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="R32" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="S32" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="T32" s="4" t="s">
         <v>129</v>
-      </c>
-[...55 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" s="3" t="s">
-        <v>124</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>128</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S33" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T33" s="4" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>122</v>
-[...47 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R34" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S34" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T34" s="4" t="s">
-        <v>121</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" s="3" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>122</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="G35" s="2">
+        <v>20</v>
+      </c>
+      <c r="G35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>115</v>
+        <v>20</v>
       </c>
       <c r="I35" s="2" t="s">
-        <v>114</v>
-[...20 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="J35" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K35" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L35" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M35" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N35" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O35" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q35" s="2" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="R35" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="S35" s="2" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" s="3" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>109</v>
-[...38 lines deleted...]
-        <v>0</v>
+        <v>120</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O36" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q36" s="2" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="R36" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="S36" s="2" t="s">
-        <v>108</v>
+        <v>20</v>
       </c>
       <c r="T36" s="4" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" s="3" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>104</v>
-[...38 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H37" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I37" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J37" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="L37" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M37" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="N37" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O37" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q37" s="2" t="s">
-        <v>103</v>
+        <v>20</v>
       </c>
       <c r="R37" s="2" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="S37" s="2" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="T37" s="4" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" s="3" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>97</v>
+        <v>20</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>98</v>
-[...47 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="I38" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="J38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R38" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S38" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T38" s="4" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" s="3" t="s">
-        <v>96</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>113</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T39" s="4" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" s="3" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>94</v>
+        <v>111</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>111</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>91</v>
-[...29 lines deleted...]
-        <v>4</v>
+        <v>20</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I40" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J40" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L40" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M40" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N40" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O40" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q40" s="2" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="R40" s="2" t="s">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="S40" s="2" t="s">
-        <v>88</v>
+        <v>20</v>
       </c>
       <c r="T40" s="4" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" s="3" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>85</v>
-[...47 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R41" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S41" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T41" s="4" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" s="3" t="s">
-        <v>84</v>
+        <v>109</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>82</v>
+        <v>108</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>83</v>
-[...47 lines deleted...]
-        <v>0</v>
+        <v>107</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H42" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I42" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J42" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K42" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L42" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M42" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N42" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="O42" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="P42" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="Q42" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="R42" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="S42" s="2" t="s">
+        <v>103</v>
       </c>
       <c r="T42" s="4" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" s="3" t="s">
-        <v>81</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>101</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S43" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T43" s="4" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" s="3" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>79</v>
-[...47 lines deleted...]
-        <v>0</v>
+        <v>95</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R44" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S44" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T44" s="4" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" s="3" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>77</v>
-[...47 lines deleted...]
-        <v>0</v>
+        <v>91</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R45" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S45" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T45" s="4" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" s="3" t="s">
-        <v>76</v>
-[...17 lines deleted...]
-        <v>0</v>
+        <v>90</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H46" s="2" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="I46" s="2" t="s">
-        <v>74</v>
-[...20 lines deleted...]
-        <v>0</v>
+        <v>87</v>
+      </c>
+      <c r="J46" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="K46" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="L46" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="M46" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="N46" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O46" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q46" s="2" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="R46" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>82</v>
+      </c>
+      <c r="S46" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T46" s="4" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" s="3" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>69</v>
-[...11 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="I47" s="2" t="s">
-        <v>67</v>
-[...20 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="J47" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K47" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L47" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M47" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N47" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O47" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q47" s="2" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="R47" s="2" t="s">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="S47" s="2" t="s">
-        <v>64</v>
+        <v>20</v>
       </c>
       <c r="T47" s="4" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" s="3" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>61</v>
+        <v>20</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>60</v>
-[...38 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="I48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J48" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="K48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O48" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q48" s="2" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="R48" s="2" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="S48" s="2" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="T48" s="4" t="s">
-        <v>56</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" s="3" t="s">
-        <v>55</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>74</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H49" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="I49" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="J49" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="L49" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="M49" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="N49" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O49" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q49" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="R49" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="S49" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="T49" s="4" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" s="3" t="s">
-        <v>54</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q50" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="R50" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="S50" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T50" s="4" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" s="3" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>51</v>
-[...38 lines deleted...]
-        <v>0</v>
+        <v>55</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="H51" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I51" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J51" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K51" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L51" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M51" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N51" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O51" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q51" s="2" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="R51" s="2" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="S51" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T51" s="4" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K52" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="L52" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="M52" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="N52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S52" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T52" s="4" t="s">
         <v>48</v>
-      </c>
-[...55 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" s="3" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>41</v>
-[...38 lines deleted...]
-        <v>0</v>
+        <v>46</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H53" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="I53" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="J53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O53" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="Q53" s="2" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="R53" s="2" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="S53" s="2" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="T53" s="4" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" s="3" t="s">
-        <v>36</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>43</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S54" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T54" s="4" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" s="3" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>33</v>
-[...47 lines deleted...]
-        <v>0</v>
+        <v>20</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R55" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S55" s="2" t="s">
+        <v>20</v>
       </c>
       <c r="T55" s="4" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="I56" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="J56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q56" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="R56" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="S56" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="B56" s="2" t="s">
+      <c r="T56" s="4" t="s">
         <v>30</v>
-      </c>
-[...52 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D57" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="B57" s="2">
-[...54 lines deleted...]
-        <v>0</v>
+      <c r="E57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S57" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T57" s="4" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" s="3" t="s">
-        <v>26</v>
-[...56 lines deleted...]
-        <v>0</v>
+        <v>25</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="I58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="J58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="N58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="O58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="Q58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="R58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="S58" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="T58" s="4" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:20">
-      <c r="A59" s="3" t="s">
-[...8 lines deleted...]
-      <c r="D59" s="2">
+      <c r="A59" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F59" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="E59" s="2">
-[...79 lines deleted...]
-      <c r="K60" s="2">
+      <c r="H59" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="I59" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="L60" s="2">
-[...90 lines deleted...]
-      <c r="A62" s="5" t="s">
+      <c r="J59" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="B62" s="4" t="s">
+      <c r="K59" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C62" s="4" t="s">
+      <c r="L59" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="D62" s="4">
-[...2 lines deleted...]
-      <c r="E62" s="4" t="s">
+      <c r="M59" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="F62" s="4" t="s">
+      <c r="N59" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G62" s="4">
-[...2 lines deleted...]
-      <c r="H62" s="4" t="s">
+      <c r="O59" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="I62" s="4" t="s">
+      <c r="P59" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="J62" s="4">
-[...20 lines deleted...]
-      <c r="Q62" s="4" t="s">
+      <c r="Q59" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="R62" s="4" t="s">
+      <c r="R59" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="S62" s="4" t="s">
+      <c r="S59" s="4" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="Q3:S3"/>
     <mergeCell ref="A5:C5"/>
+    <mergeCell ref="A7:C7"/>
     <mergeCell ref="A9:C9"/>
+    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="A15:C15"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">