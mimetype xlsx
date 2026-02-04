--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,698 +12,944 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
   <si>
     <t>KOKKU</t>
   </si>
   <si>
-    <t>Johann Rosenberg</t>
+    <t>Trupp</t>
+  </si>
+  <si>
+    <t>sõnalavastus</t>
+  </si>
+  <si>
+    <t>Kuidas võideti lääs</t>
+  </si>
+  <si>
+    <t>Karjaamo Teater</t>
+  </si>
+  <si>
+    <t>Soome</t>
+  </si>
+  <si>
+    <t>Von Krahli Teater</t>
+  </si>
+  <si>
+    <t>William Shakespeare</t>
+  </si>
+  <si>
+    <t>Torm</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Läti Kultuuriakadeemia</t>
+  </si>
+  <si>
+    <t>Läti</t>
+  </si>
+  <si>
+    <t>VAT Teater</t>
+  </si>
+  <si>
+    <t>Heidi Sarapuu</t>
+  </si>
+  <si>
+    <t>Viis kuud Vildega</t>
+  </si>
+  <si>
+    <t>Göteborgi Linnaraamatukogu</t>
+  </si>
+  <si>
+    <t>Rootsi</t>
+  </si>
+  <si>
+    <t>Varius</t>
+  </si>
+  <si>
+    <t>Tiina Ollesk, Renee Nõmmik</t>
+  </si>
+  <si>
+    <t>tantsulavastus</t>
+  </si>
+  <si>
+    <t>... and Blue</t>
+  </si>
+  <si>
+    <t>Jekareinburg, festival ´Na Granii´</t>
+  </si>
+  <si>
+    <t>Venemaa</t>
+  </si>
+  <si>
+    <t>Vaba Lava</t>
+  </si>
+  <si>
+    <t>Ivar Põllu</t>
+  </si>
+  <si>
+    <t>Mikiveri tagi</t>
+  </si>
+  <si>
+    <t>Edinburgh Augustine United Church</t>
+  </si>
+  <si>
+    <t>Šotimaa</t>
+  </si>
+  <si>
+    <t>Aberdeen Transition Extreme Building</t>
+  </si>
+  <si>
+    <t>Glasgow Ivory Blacks</t>
+  </si>
+  <si>
+    <t>Londoni Eesti Maja</t>
+  </si>
+  <si>
+    <t>Inglismaa</t>
+  </si>
+  <si>
+    <t>Külli Roosna, Kenneth Flak</t>
+  </si>
+  <si>
+    <t>Wild Palces:: Mountain</t>
+  </si>
+  <si>
+    <t>Haag, CaDance festival</t>
+  </si>
+  <si>
+    <t>Holland</t>
+  </si>
+  <si>
+    <t>Sandnes Kulturhus</t>
+  </si>
+  <si>
+    <t>Norra</t>
+  </si>
+  <si>
+    <t>Lublin, International Dance Theatres Festival</t>
+  </si>
+  <si>
+    <t>Poola</t>
+  </si>
+  <si>
+    <t>Hammerfest, DanseFestival Barents</t>
+  </si>
+  <si>
+    <t>Bærum Kulturhus, Coda festival</t>
+  </si>
+  <si>
+    <t>C.Perrault</t>
+  </si>
+  <si>
+    <t>nuku- ja objektiteater</t>
+  </si>
+  <si>
+    <t>Uinuv kaunitar</t>
+  </si>
+  <si>
+    <t>Москва,  Международный театральный фестиваль ´Театральная карусель´</t>
+  </si>
+  <si>
+    <t>Tuuleveski</t>
+  </si>
+  <si>
+    <t>Mihhail Sadovski</t>
+  </si>
+  <si>
+    <t>Tark Mašake</t>
+  </si>
+  <si>
+    <t>Astana,Rahvusvaheline nuku festival ´Kuralaj´</t>
+  </si>
+  <si>
+    <t>Kasahstan</t>
+  </si>
+  <si>
+    <t>Sarajevo,16.International Festival of Professional Puppet Theater for Children  „Lut Fest“</t>
+  </si>
+  <si>
+    <t>Bosnia ja Hertsegoviina</t>
+  </si>
+  <si>
+    <t>Jon Fosse</t>
+  </si>
+  <si>
+    <t>Ma olen tuul</t>
+  </si>
+  <si>
+    <t>Brüssel, Theatre Moliere</t>
+  </si>
+  <si>
+    <t>Belgia</t>
+  </si>
+  <si>
+    <t>Theatrum</t>
+  </si>
+  <si>
+    <t>Renate Valme</t>
+  </si>
+  <si>
+    <t>PURE MIND</t>
+  </si>
+  <si>
+    <t>2nd Youth Forum</t>
+  </si>
+  <si>
+    <t>Valgevene</t>
+  </si>
+  <si>
+    <t>Tartu Uus Teater</t>
+  </si>
+  <si>
+    <t>Dmitri Harchenko</t>
   </si>
   <si>
     <t>mitmeliigilavastus</t>
   </si>
   <si>
-    <t>Järelsuve koor</t>
-[...2 lines deleted...]
-    <t>Kaunas, festival ´Belly-up dream (dog or fish?)´</t>
+    <t>Ikoonid. Pärt</t>
+  </si>
+  <si>
+    <t>Peterburi Jaani kirik</t>
+  </si>
+  <si>
+    <t>Tallinna Tantsuteater</t>
+  </si>
+  <si>
+    <t>Ruslan Stepanov</t>
+  </si>
+  <si>
+    <t>Klapp</t>
+  </si>
+  <si>
+    <t>Jerevani Noorteteater</t>
+  </si>
+  <si>
+    <t>Armeenia</t>
+  </si>
+  <si>
+    <t>Piaf. Double-box</t>
+  </si>
+  <si>
+    <t>Kölni Tanzfaktur</t>
+  </si>
+  <si>
+    <t>Saksamaa</t>
+  </si>
+  <si>
+    <t>The Wolf Project</t>
+  </si>
+  <si>
+    <t>Jordaania</t>
+  </si>
+  <si>
+    <t>Sõltumatu Tantsu Lava</t>
+  </si>
+  <si>
+    <t>Baerum Kulturhus</t>
+  </si>
+  <si>
+    <t>Külli Roosna</t>
+  </si>
+  <si>
+    <t>Blood Music</t>
+  </si>
+  <si>
+    <t>Tromsø</t>
+  </si>
+  <si>
+    <t>Kristiansand</t>
+  </si>
+  <si>
+    <t>Kiev,  Zelyonka Fest</t>
+  </si>
+  <si>
+    <t>Ukraina</t>
+  </si>
+  <si>
+    <t>Kiiev</t>
+  </si>
+  <si>
+    <t>Bergen</t>
+  </si>
+  <si>
+    <t>Tiina Mölder, Helen Reitsnik, Ajjar Ausma, Päär Pärenson</t>
+  </si>
+  <si>
+    <t>KÄIK</t>
+  </si>
+  <si>
+    <t>Helsingi</t>
+  </si>
+  <si>
+    <t>Tiina Sööt, Dorothea Zeyringer</t>
+  </si>
+  <si>
+    <t>lonely lonely</t>
+  </si>
+  <si>
+    <t>Hildesheim, transeuropa festival</t>
+  </si>
+  <si>
+    <t>Viin, brut Vienna, Imagetanz festival</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Homayun Ghanizadeh </t>
+  </si>
+  <si>
+    <t>Antigone</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanghai Rahvusvaheline Experimental teatrifestival </t>
+  </si>
+  <si>
+    <t>Hiina</t>
+  </si>
+  <si>
+    <t>R.A.A.A.M.</t>
+  </si>
+  <si>
+    <t>Moskva V.Meierholdi nimeline Keskus</t>
+  </si>
+  <si>
+    <t>Peterburi Aleksandra Teatri Uus lava</t>
+  </si>
+  <si>
+    <t>Ervin Õunapuu</t>
+  </si>
+  <si>
+    <t>Soolo</t>
+  </si>
+  <si>
+    <t>´SOLO´ Rahvusvaheline Monodrama FestivalMoskva</t>
+  </si>
+  <si>
+    <t>Ulan Baatar Rahvusvaheline Saint Muse-12 festival</t>
+  </si>
+  <si>
+    <t>Mongoolia</t>
+  </si>
+  <si>
+    <t>Hristo Boychev</t>
+  </si>
+  <si>
+    <t>Fenomen</t>
+  </si>
+  <si>
+    <t>Centre Culturel d´Auderghem</t>
+  </si>
+  <si>
+    <t>Luksemburg Theater 10</t>
+  </si>
+  <si>
+    <t>Luksemburg</t>
+  </si>
+  <si>
+    <t>Haide Männamäe, Toomas Tross</t>
+  </si>
+  <si>
+    <t>Elu õied</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tombergi kultuurikeskus Brüsselis </t>
+  </si>
+  <si>
+    <t>Piip ja Tuut Teater</t>
+  </si>
+  <si>
+    <t>rühmatöö</t>
+  </si>
+  <si>
+    <t>Piip ja Tuut köögis</t>
+  </si>
+  <si>
+    <t>Tèàtre Le 10</t>
+  </si>
+  <si>
+    <t>Riia, Zirgu Pasts black box</t>
+  </si>
+  <si>
+    <t>tsirkus</t>
+  </si>
+  <si>
+    <t>Piip ja Tuut kontserdil</t>
+  </si>
+  <si>
+    <t>Tampere, Alexsandri kool</t>
+  </si>
+  <si>
+    <t>Kämmenniemi vabaõhulava, Teisko, Tampere</t>
+  </si>
+  <si>
+    <t>Zaatari põgenikelaager, telgilava</t>
+  </si>
+  <si>
+    <t>Irbidi linna vabaõhulava</t>
+  </si>
+  <si>
+    <t>Eesti suursaatkond Pariisis</t>
+  </si>
+  <si>
+    <t>Prantsusmaa</t>
+  </si>
+  <si>
+    <t>Téàtre Le 10</t>
+  </si>
+  <si>
+    <t>Gianni Rodari; Kaido Rannik</t>
+  </si>
+  <si>
+    <t>Telefonilood</t>
+  </si>
+  <si>
+    <t>Pariisi Eesti Saatkond</t>
+  </si>
+  <si>
+    <t>Miksteater</t>
+  </si>
+  <si>
+    <t>Amsterdam, Mixtree</t>
+  </si>
+  <si>
+    <t>Brüsseli Eesti Kool</t>
+  </si>
+  <si>
+    <t>Luksemburgi Eesti Kool</t>
+  </si>
+  <si>
+    <t>Kölni Eesti Kool</t>
+  </si>
+  <si>
+    <t>Frankfurdi Eesti Kool</t>
+  </si>
+  <si>
+    <t>Diana Leesalu</t>
+  </si>
+  <si>
+    <t>Kriminaalne õhtusöök</t>
+  </si>
+  <si>
+    <t>Suvilahti Kaasutehtaankatu</t>
+  </si>
+  <si>
+    <t>Kinoteater</t>
+  </si>
+  <si>
+    <t>Sapņu Fabrika, Lāčplēša iela 101</t>
+  </si>
+  <si>
+    <t>Rautatientori</t>
+  </si>
+  <si>
+    <t>Hamlet</t>
+  </si>
+  <si>
+    <t>Peterburg</t>
+  </si>
+  <si>
+    <t>Kell Kümme</t>
+  </si>
+  <si>
+    <t>Christina Ciupke, Nik Haffner, Mart Kangro</t>
+  </si>
+  <si>
+    <t>new work</t>
+  </si>
+  <si>
+    <t>Berliin, Uferstudio, Open Spaces #3-15 Tanzfabri</t>
+  </si>
+  <si>
+    <t>Kanuti Gildi SAAL</t>
+  </si>
+  <si>
+    <t>Elena Gremina</t>
+  </si>
+  <si>
+    <t>two in your house</t>
+  </si>
+  <si>
+    <t>Teatr. DOC. Moskva</t>
+  </si>
+  <si>
+    <t>Superamas</t>
+  </si>
+  <si>
+    <t>SuperamaX</t>
+  </si>
+  <si>
+    <t>St. Medard en Jalles, Festival les hommes et les souris</t>
+  </si>
+  <si>
+    <t>Iggy Malmborg</t>
+  </si>
+  <si>
+    <t>boner</t>
+  </si>
+  <si>
+    <t>I-camp; Spielart festival</t>
+  </si>
+  <si>
+    <t>Maike Lond</t>
+  </si>
+  <si>
+    <t>10 journeys to a place where nothing happens*</t>
+  </si>
+  <si>
+    <t>Brüssel, Kaaistudio</t>
+  </si>
+  <si>
+    <t>Teaterhuset Avant Garden; Bastard Festival</t>
+  </si>
+  <si>
+    <t>Henri Hütt</t>
+  </si>
+  <si>
+    <t>Searching for the perfect moment</t>
+  </si>
+  <si>
+    <t>Essen</t>
+  </si>
+  <si>
+    <t>Gallery Kalnas, reFORMAT Vilnius</t>
   </si>
   <si>
     <t>Leedu</t>
   </si>
   <si>
-    <t>Von Krahli Teater</t>
-[...164 lines deleted...]
-    <t>Praha, Connector conference</t>
+    <t>Schaubühne</t>
+  </si>
+  <si>
+    <t>teatr.doc, Moskva</t>
+  </si>
+  <si>
+    <t>Johannes Veski, Päär Pärenson</t>
+  </si>
+  <si>
+    <t>Mutantants ehk tuhat tantsu, mida tantsida enne kui sured</t>
+  </si>
+  <si>
+    <t>Arts Printing House, New Baltic Dance festival</t>
+  </si>
+  <si>
+    <t>Sophiensale</t>
+  </si>
+  <si>
+    <t>Schlachthaus, Auawirleben festival</t>
+  </si>
+  <si>
+    <t>Šveits</t>
+  </si>
+  <si>
+    <t>Pieter De Buysser</t>
+  </si>
+  <si>
+    <t>Immerwahr</t>
+  </si>
+  <si>
+    <t>Kunstencentrum De Werf</t>
+  </si>
+  <si>
+    <t>BIT-Teatergarasjen</t>
+  </si>
+  <si>
+    <t>Inkonst</t>
+  </si>
+  <si>
+    <t>Rhythm is a Dancer</t>
+  </si>
+  <si>
+    <t>PACT Zollverein, Spring Festival</t>
+  </si>
+  <si>
+    <t>Vooruit, Possible Futures festival</t>
+  </si>
+  <si>
+    <t>Kampnagel</t>
+  </si>
+  <si>
+    <t>Brügge, Kunstencentrum De Werf</t>
+  </si>
+  <si>
+    <t>Praha, Archa teater</t>
   </si>
   <si>
     <t>Tšehhi</t>
   </si>
   <si>
-    <t>R.A.A.A.M.</t>
-[...8 lines deleted...]
-    <t>Cividale de Friuli, teater Adelaide Ristori</t>
+    <t>P.Rimski</t>
+  </si>
+  <si>
+    <t>Kasepuu kingitus</t>
+  </si>
+  <si>
+    <t>Moskva, Võssotski teatrimaja (XIII Rahvusvaheline teatrifestival ´Riverside left 2015´)</t>
+  </si>
+  <si>
+    <t>Ilmarine</t>
+  </si>
+  <si>
+    <t>Kingissepa Lasteteater (festival ´Piirideta teater´)</t>
+  </si>
+  <si>
+    <t>Slantsõ, Kool</t>
+  </si>
+  <si>
+    <t>Ust-Luga, Kultuurikeskus</t>
+  </si>
+  <si>
+    <t>Vistino, Kultuurikeskus</t>
+  </si>
+  <si>
+    <t>Jaanilinn, Lasteaed №1</t>
+  </si>
+  <si>
+    <t>Jaanilinn, Põhikool</t>
+  </si>
+  <si>
+    <t>P. Rimski</t>
+  </si>
+  <si>
+    <t>Laisk Liisu</t>
+  </si>
+  <si>
+    <t>Volosovo, Lasteaed №29</t>
+  </si>
+  <si>
+    <t>Volosovo, Lasteaed №28</t>
+  </si>
+  <si>
+    <t>Tatjana Romanova</t>
+  </si>
+  <si>
+    <t>Epoché</t>
+  </si>
+  <si>
+    <t>Helsingi Teak</t>
+  </si>
+  <si>
+    <t>Fine5 Tantsuteater</t>
+  </si>
+  <si>
+    <t>Aleksandr Puškin</t>
+  </si>
+  <si>
+    <t>Muinasjutt kuldsest kalakesest</t>
+  </si>
+  <si>
+    <t>Peterburi (Festival ´KUKART´)</t>
+  </si>
+  <si>
+    <t>Banaanikala Projektiteater</t>
+  </si>
+  <si>
+    <t>Nikolai Gogol</t>
+  </si>
+  <si>
+    <t>Naisevõtt</t>
+  </si>
+  <si>
+    <t>Leedu Vene Draamateater</t>
+  </si>
+  <si>
+    <t>Vene Teater</t>
+  </si>
+  <si>
+    <t>Max Frisch</t>
+  </si>
+  <si>
+    <t>Eluloomäng</t>
+  </si>
+  <si>
+    <t>Baltiiski Dom</t>
+  </si>
+  <si>
+    <t>Anton Tšehhov</t>
+  </si>
+  <si>
+    <t>Kirsiaed</t>
+  </si>
+  <si>
+    <t>Peterburi</t>
+  </si>
+  <si>
+    <t>Mängurid</t>
+  </si>
+  <si>
+    <t>Pihkva</t>
+  </si>
+  <si>
+    <t>Mihhail Bulgakov</t>
+  </si>
+  <si>
+    <t>Koera süda</t>
+  </si>
+  <si>
+    <t>BaltDom</t>
+  </si>
+  <si>
+    <t>Mogiljov</t>
+  </si>
+  <si>
+    <t>Avtandil Varsimašvili</t>
+  </si>
+  <si>
+    <t>Armastan! Armastan! Armastan!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tbilisi </t>
+  </si>
+  <si>
+    <t>Gruusia</t>
+  </si>
+  <si>
+    <t>Vanemuine</t>
+  </si>
+  <si>
+    <t xml:space="preserve">David Sonnenbluck </t>
+  </si>
+  <si>
+    <t>Casanova</t>
+  </si>
+  <si>
+    <t>Brüssel</t>
+  </si>
+  <si>
+    <t>Silas Stubbs, Giorgio Madia</t>
+  </si>
+  <si>
+    <t>Gatsby / La Dolce Vita</t>
+  </si>
+  <si>
+    <t>Ventspilsi Juras Varti teater</t>
+  </si>
+  <si>
+    <t>Valmiera Kultuurikeskus</t>
+  </si>
+  <si>
+    <t>Riia Dilese Teater</t>
+  </si>
+  <si>
+    <t>Eero Epner, Hendrik Kaljujärv, Kaarel Oja, Jaak Priints</t>
+  </si>
+  <si>
+    <t>NO45 Kodumaa karjed</t>
+  </si>
+  <si>
+    <t>Eero Epner, Hendrik Kaljujärv, Kaarel Oja, Jaak Prints</t>
+  </si>
+  <si>
+    <t>Teater NO99</t>
+  </si>
+  <si>
+    <t>Ene-Liis Semper, Eero Epner, trupp</t>
+  </si>
+  <si>
+    <t>NO51 Mu naine vihastas</t>
+  </si>
+  <si>
+    <t>Zagreb, World Theatre Festival</t>
+  </si>
+  <si>
+    <t>Sloveenia</t>
+  </si>
+  <si>
+    <t>Festival d´Avignon</t>
+  </si>
+  <si>
+    <t>Mats Traat</t>
+  </si>
+  <si>
+    <t>NO49 Tõde, mida ma olen igatsenud</t>
+  </si>
+  <si>
+    <t>Hannover, Theaterformen</t>
+  </si>
+  <si>
+    <t>Tiit Aleksejev</t>
+  </si>
+  <si>
+    <t>Leegionärid</t>
+  </si>
+  <si>
+    <t>Toronto Tartu Kolledž</t>
+  </si>
+  <si>
+    <t>Kanada</t>
+  </si>
+  <si>
+    <t>Rakvere Teater</t>
+  </si>
+  <si>
+    <t>Herbert George Wells</t>
+  </si>
+  <si>
+    <t>Võlupood</t>
+  </si>
+  <si>
+    <t>Maribor, Summer Puppet Pier</t>
+  </si>
+  <si>
+    <t>Eesti Noorsooteater</t>
+  </si>
+  <si>
+    <t>Oscar Wilde</t>
+  </si>
+  <si>
+    <t>Canterville´i lossi vaim</t>
+  </si>
+  <si>
+    <t>Izmir International Puppet Days</t>
+  </si>
+  <si>
+    <t>Türgi</t>
+  </si>
+  <si>
+    <t>Andrus Kivirähk</t>
+  </si>
+  <si>
+    <t>Eesti matus</t>
+  </si>
+  <si>
+    <t>Kuopio</t>
+  </si>
+  <si>
+    <t>Eesti Draamateater</t>
+  </si>
+  <si>
+    <t>Antoša Tšehhonte</t>
+  </si>
+  <si>
+    <t>Maailmale nähtamatud pisarad</t>
+  </si>
+  <si>
+    <t>Tallinna Linnateater</t>
+  </si>
+  <si>
+    <t>Surnud hinged</t>
+  </si>
+  <si>
+    <t>A.H.Tammsaare / E.Nüganen</t>
+  </si>
+  <si>
+    <t>Ma armastasin sakslast</t>
+  </si>
+  <si>
+    <t>Gyula Harangozó (Viini Riigiooper)</t>
+  </si>
+  <si>
+    <t>Lumivalgeke ja seitse pöialpoissi</t>
+  </si>
+  <si>
+    <t>Tampere</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>Ben Stevenson (Texas Ballet Theatre)</t>
+  </si>
+  <si>
+    <t>Pähklipureja</t>
+  </si>
+  <si>
+    <t>Sevilla</t>
+  </si>
+  <si>
+    <t>Hispaania</t>
+  </si>
+  <si>
+    <t>Marius Petipa; Toomas Edur</t>
+  </si>
+  <si>
+    <t>Bajadeer</t>
+  </si>
+  <si>
+    <t>Veneetsia</t>
   </si>
   <si>
     <t>Itaalia</t>
   </si>
   <si>
-    <t>Zagreb, teater Kerempuh</t>
-[...406 lines deleted...]
-  <si>
     <t>külastajad</t>
   </si>
   <si>
     <t>etendused</t>
   </si>
   <si>
     <t>esietenduse aasta</t>
   </si>
   <si>
     <t>lavastaja</t>
   </si>
   <si>
     <t>lavastuse liik</t>
   </si>
   <si>
     <t>pealkiri</t>
   </si>
   <si>
     <t>autor</t>
   </si>
   <si>
     <t>esinemispaik või festival</t>
   </si>
   <si>
     <t>RIIK</t>
   </si>
   <si>
     <t>TEATER</t>
   </si>
   <si>
     <t>Etendused ja külastused välismaal</t>
   </si>
   <si>
-    <t>AASTAL 2024</t>
+    <t>AASTAL 2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -1057,2429 +1303,4021 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J76"/>
+  <dimension ref="A1:J126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="J75" sqref="J75:J75"/>
+      <selection activeCell="J125" sqref="J125:J125"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="5" t="s">
-        <v>214</v>
+        <v>296</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
-        <v>215</v>
+        <v>297</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" s="2" t="s">
-        <v>213</v>
+        <v>295</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>212</v>
+        <v>294</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>211</v>
+        <v>293</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>210</v>
+        <v>292</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>209</v>
+        <v>291</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>208</v>
+        <v>290</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>207</v>
+        <v>289</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>206</v>
+        <v>288</v>
       </c>
       <c r="I3" s="2" t="s">
-        <v>205</v>
+        <v>287</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>204</v>
+        <v>286</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="3" t="s">
-        <v>201</v>
+        <v>277</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>11</v>
+        <v>285</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>203</v>
+        <v>284</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>198</v>
+        <v>282</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>199</v>
+        <v>283</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>198</v>
+        <v>282</v>
       </c>
       <c r="H4" s="3">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I4" s="3">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="J4" s="3">
-        <v>1005</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="3" t="s">
-        <v>201</v>
+        <v>277</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>42</v>
+        <v>281</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>202</v>
+        <v>280</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>199</v>
+        <v>279</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>198</v>
+        <v>278</v>
       </c>
       <c r="H5" s="2">
-        <v>2023</v>
+        <v>2010</v>
       </c>
       <c r="I5" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J5" s="2">
-        <v>62</v>
+        <v>7150</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="3" t="s">
-        <v>201</v>
+        <v>277</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>200</v>
+        <v>276</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>198</v>
+        <v>274</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>199</v>
+        <v>275</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>198</v>
+        <v>274</v>
       </c>
       <c r="H6" s="2">
-        <v>2023</v>
+        <v>2008</v>
       </c>
       <c r="I6" s="2">
         <v>1</v>
       </c>
       <c r="J6" s="2">
-        <v>120</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="3" t="s">
-        <v>197</v>
+        <v>270</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>196</v>
+        <v>219</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>194</v>
+        <v>272</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>195</v>
+        <v>273</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>194</v>
+        <v>272</v>
       </c>
       <c r="H7" s="2">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I7" s="2">
         <v>1</v>
       </c>
       <c r="J7" s="2">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="3" t="s">
-        <v>187</v>
+        <v>270</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>193</v>
+        <v>219</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>191</v>
+        <v>210</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>192</v>
+        <v>271</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>191</v>
+        <v>210</v>
       </c>
       <c r="H8" s="2">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I8" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J8" s="2">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="3" t="s">
-        <v>187</v>
+        <v>270</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>5</v>
+        <v>55</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>190</v>
+        <v>233</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>188</v>
+        <v>268</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>189</v>
+        <v>269</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>188</v>
+        <v>268</v>
       </c>
       <c r="H9" s="2">
-        <v>2024</v>
+        <v>2012</v>
       </c>
       <c r="I9" s="2">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="J9" s="2">
-        <v>110</v>
+        <v>394</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="3" t="s">
-        <v>187</v>
+        <v>267</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>186</v>
+        <v>266</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>184</v>
+        <v>264</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>185</v>
+        <v>265</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>184</v>
+        <v>264</v>
       </c>
       <c r="H10" s="2">
-        <v>2024</v>
+        <v>2002</v>
       </c>
       <c r="I10" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J10" s="2">
-        <v>134</v>
+        <v>301</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="3" t="s">
-        <v>177</v>
+        <v>259</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>11</v>
+        <v>263</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>176</v>
+        <v>262</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>182</v>
+        <v>260</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>183</v>
+        <v>261</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>182</v>
+        <v>260</v>
       </c>
       <c r="H11" s="2">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="I11" s="2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J11" s="2">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="3" t="s">
-        <v>177</v>
+        <v>259</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>11</v>
+        <v>246</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>176</v>
+        <v>258</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>178</v>
+        <v>256</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>179</v>
+        <v>257</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>178</v>
+        <v>256</v>
       </c>
       <c r="H12" s="2">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I12" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J12" s="2">
-        <v>447</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="3" t="s">
-        <v>177</v>
+        <v>255</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>181</v>
+        <v>254</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>180</v>
+        <v>253</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>178</v>
+        <v>251</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>179</v>
+        <v>252</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>178</v>
+        <v>251</v>
       </c>
       <c r="H13" s="2">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I13" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J13" s="2">
-        <v>400</v>
+        <v>142</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="3" t="s">
-        <v>177</v>
+        <v>242</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>176</v>
+        <v>250</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>174</v>
+        <v>248</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>175</v>
+        <v>249</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>174</v>
+        <v>248</v>
       </c>
       <c r="H14" s="2">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I14" s="2">
         <v>2</v>
       </c>
       <c r="J14" s="2">
-        <v>1078</v>
+        <v>263</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="3" t="s">
-        <v>173</v>
+        <v>242</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="H15" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I15" s="2">
         <v>5</v>
       </c>
-      <c r="C15" s="2" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J15" s="2">
-        <v>175</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="3" t="s">
-        <v>169</v>
+        <v>242</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>168</v>
+        <v>246</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>167</v>
+        <v>245</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>165</v>
+        <v>243</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>166</v>
+        <v>244</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>165</v>
+        <v>243</v>
       </c>
       <c r="H16" s="2">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I16" s="2">
         <v>1</v>
       </c>
       <c r="J16" s="2">
-        <v>58</v>
+        <v>127</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="3" t="s">
-        <v>161</v>
+        <v>242</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>164</v>
+        <v>233</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>162</v>
+        <v>241</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>163</v>
+        <v>240</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>162</v>
+        <v>239</v>
       </c>
       <c r="H17" s="2">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="I17" s="2">
         <v>2</v>
       </c>
       <c r="J17" s="2">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="3" t="s">
-        <v>161</v>
+        <v>230</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>160</v>
+        <v>238</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>158</v>
+        <v>234</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>159</v>
+        <v>235</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>158</v>
+        <v>234</v>
       </c>
       <c r="H18" s="2">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="I18" s="2">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="J18" s="2">
-        <v>40</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="3" t="s">
-        <v>151</v>
+        <v>230</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>157</v>
+        <v>237</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>155</v>
+        <v>234</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>156</v>
+        <v>235</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>155</v>
+        <v>234</v>
       </c>
       <c r="H19" s="2">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="I19" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J19" s="2">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="3" t="s">
-        <v>151</v>
+        <v>230</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>154</v>
+        <v>236</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>152</v>
+        <v>234</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>153</v>
+        <v>235</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>152</v>
+        <v>234</v>
       </c>
       <c r="H20" s="2">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I20" s="2">
         <v>1</v>
       </c>
       <c r="J20" s="2">
-        <v>40</v>
+        <v>227</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="3" t="s">
-        <v>151</v>
+        <v>230</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>150</v>
+        <v>55</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>149</v>
+        <v>233</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>147</v>
+        <v>231</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>148</v>
+        <v>232</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>147</v>
+        <v>231</v>
       </c>
       <c r="H21" s="2">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I21" s="2">
         <v>1</v>
       </c>
       <c r="J21" s="2">
-        <v>300</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="3" t="s">
-        <v>146</v>
+        <v>230</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>11</v>
+        <v>229</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>145</v>
+        <v>228</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>143</v>
+        <v>226</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>144</v>
+        <v>227</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>143</v>
+        <v>226</v>
       </c>
       <c r="H22" s="2">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="I22" s="2">
         <v>1</v>
       </c>
       <c r="J22" s="2">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="3" t="s">
-        <v>108</v>
+        <v>213</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>142</v>
+        <v>225</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>139</v>
+        <v>210</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>140</v>
+        <v>220</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>139</v>
+        <v>210</v>
       </c>
       <c r="H23" s="2">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="I23" s="2">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J23" s="2">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="3" t="s">
-        <v>108</v>
+        <v>213</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>141</v>
+        <v>224</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>139</v>
+        <v>222</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>140</v>
+        <v>223</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>139</v>
+        <v>222</v>
       </c>
       <c r="H24" s="2">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="I24" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J24" s="2">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="3" t="s">
-        <v>108</v>
+        <v>213</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>120</v>
+        <v>21</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>138</v>
+        <v>221</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>116</v>
+        <v>210</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>137</v>
+        <v>220</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>116</v>
+        <v>210</v>
       </c>
       <c r="H25" s="2">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="I25" s="2">
         <v>2</v>
       </c>
       <c r="J25" s="2">
-        <v>160</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="3" t="s">
-        <v>108</v>
+        <v>213</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>136</v>
+        <v>219</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>132</v>
+        <v>217</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>133</v>
+        <v>218</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>132</v>
+        <v>217</v>
       </c>
       <c r="H26" s="2">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I26" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J26" s="2">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="3" t="s">
-        <v>108</v>
+        <v>213</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>136</v>
+        <v>216</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>132</v>
+        <v>214</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>133</v>
+        <v>215</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>132</v>
+        <v>214</v>
       </c>
       <c r="H27" s="2">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="I27" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J27" s="2">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="3" t="s">
-        <v>108</v>
+        <v>213</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>127</v>
+        <v>167</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>135</v>
+        <v>212</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>132</v>
+        <v>210</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>133</v>
+        <v>211</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>132</v>
+        <v>210</v>
       </c>
       <c r="H28" s="2">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="I28" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J28" s="2">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="3" t="s">
-        <v>108</v>
+        <v>209</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>134</v>
+        <v>208</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>132</v>
+        <v>206</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>133</v>
+        <v>207</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>132</v>
+        <v>206</v>
       </c>
       <c r="H29" s="2">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I29" s="2">
         <v>1</v>
       </c>
       <c r="J29" s="2">
         <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="3" t="s">
-        <v>108</v>
+        <v>205</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>131</v>
+        <v>204</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>128</v>
+        <v>202</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>129</v>
+        <v>203</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>128</v>
+        <v>202</v>
       </c>
       <c r="H30" s="2">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I30" s="2">
         <v>1</v>
       </c>
       <c r="J30" s="2">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>130</v>
+        <v>196</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>128</v>
+        <v>198</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>129</v>
+        <v>199</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>128</v>
+        <v>198</v>
       </c>
       <c r="H31" s="2">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I31" s="2">
         <v>1</v>
       </c>
       <c r="J31" s="2">
-        <v>85</v>
+        <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>130</v>
+        <v>201</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>128</v>
+        <v>198</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>129</v>
+        <v>199</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>128</v>
+        <v>198</v>
       </c>
       <c r="H32" s="2">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I32" s="2">
         <v>1</v>
       </c>
       <c r="J32" s="2">
-        <v>85</v>
+        <v>73</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>127</v>
+        <v>21</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>126</v>
+        <v>200</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>124</v>
+        <v>198</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>125</v>
+        <v>199</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>97</v>
+        <v>2</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>124</v>
+        <v>198</v>
       </c>
       <c r="H33" s="2">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I33" s="2">
         <v>1</v>
       </c>
       <c r="J33" s="2">
-        <v>55</v>
+        <v>62</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>123</v>
+        <v>197</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>121</v>
+        <v>188</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>122</v>
+        <v>189</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>121</v>
+        <v>188</v>
       </c>
       <c r="H34" s="2">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I34" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J34" s="2">
-        <v>70</v>
+        <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>120</v>
+        <v>21</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>119</v>
+        <v>196</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="H35" s="2">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I35" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J35" s="2">
-        <v>152</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>118</v>
+        <v>195</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>117</v>
+        <v>189</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
       <c r="H36" s="2">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I36" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J36" s="2">
-        <v>120</v>
+        <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>114</v>
+        <v>194</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>111</v>
+        <v>188</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>112</v>
+        <v>189</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>111</v>
+        <v>188</v>
       </c>
       <c r="H37" s="2">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I37" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J37" s="2">
-        <v>280</v>
+        <v>29</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>113</v>
+        <v>193</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>111</v>
+        <v>188</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>112</v>
+        <v>189</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>111</v>
+        <v>188</v>
       </c>
       <c r="H38" s="2">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I38" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J38" s="2">
-        <v>140</v>
+        <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>110</v>
+        <v>21</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>109</v>
+        <v>192</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>105</v>
+        <v>188</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>106</v>
+        <v>189</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>105</v>
+        <v>188</v>
       </c>
       <c r="H39" s="2">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="I39" s="2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J39" s="2">
-        <v>1750</v>
+        <v>60</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="3" t="s">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>107</v>
+        <v>190</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>105</v>
+        <v>188</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>106</v>
+        <v>189</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>105</v>
+        <v>188</v>
       </c>
       <c r="H40" s="2">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="I40" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J40" s="2">
-        <v>950</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="3" t="s">
-        <v>104</v>
+        <v>149</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>83</v>
+        <v>161</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>102</v>
+        <v>176</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>103</v>
+        <v>177</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>102</v>
+        <v>176</v>
       </c>
       <c r="H41" s="2">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="I41" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J41" s="2">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="3" t="s">
-        <v>101</v>
+        <v>149</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>100</v>
+        <v>187</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>99</v>
+        <v>186</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>98</v>
+        <v>177</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>97</v>
+        <v>2</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>96</v>
+        <v>176</v>
       </c>
       <c r="H42" s="2">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="I42" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J42" s="2">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="3" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>94</v>
+        <v>185</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>92</v>
+        <v>176</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>93</v>
+        <v>177</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>92</v>
+        <v>176</v>
       </c>
       <c r="H43" s="2">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="I43" s="2">
         <v>1</v>
       </c>
       <c r="J43" s="2">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44" s="3" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>83</v>
+        <v>184</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>89</v>
+        <v>159</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>89</v>
+        <v>159</v>
       </c>
       <c r="H44" s="2">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="I44" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J44" s="2">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45" s="3" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>88</v>
+        <v>183</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>79</v>
+        <v>159</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>82</v>
+        <v>160</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>79</v>
+        <v>159</v>
       </c>
       <c r="H45" s="2">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="I45" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J45" s="2">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="46" spans="1:10">
       <c r="A46" s="3" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>87</v>
+        <v>182</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>79</v>
+        <v>163</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>82</v>
+        <v>181</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>79</v>
+        <v>163</v>
       </c>
       <c r="H46" s="2">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="I46" s="2">
         <v>1</v>
       </c>
       <c r="J46" s="2">
-        <v>55</v>
+        <v>95</v>
       </c>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="3" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>86</v>
+        <v>180</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>79</v>
+        <v>156</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>82</v>
+        <v>157</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>79</v>
+        <v>156</v>
       </c>
       <c r="H47" s="2">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="I47" s="2">
         <v>1</v>
       </c>
       <c r="J47" s="2">
-        <v>110</v>
+        <v>53</v>
       </c>
     </row>
     <row r="48" spans="1:10">
       <c r="A48" s="3" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>84</v>
+        <v>179</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>79</v>
+        <v>153</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>82</v>
+        <v>154</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>81</v>
+        <v>63</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>79</v>
+        <v>153</v>
       </c>
       <c r="H48" s="2">
-        <v>2005</v>
+        <v>2014</v>
       </c>
       <c r="I48" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J48" s="2">
-        <v>184</v>
+        <v>328</v>
       </c>
     </row>
     <row r="49" spans="1:10">
       <c r="A49" s="3" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>83</v>
+        <v>178</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>79</v>
+        <v>176</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>82</v>
+        <v>177</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>81</v>
+        <v>2</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>79</v>
+        <v>176</v>
       </c>
       <c r="H49" s="2">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="I49" s="2">
         <v>1</v>
       </c>
       <c r="J49" s="2">
-        <v>580</v>
+        <v>100</v>
       </c>
     </row>
     <row r="50" spans="1:10">
       <c r="A50" s="3" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>58</v>
+        <v>175</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>77</v>
+        <v>174</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>79</v>
+        <v>156</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>80</v>
+        <v>157</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>79</v>
+        <v>156</v>
       </c>
       <c r="H50" s="2">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I50" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J50" s="2">
-        <v>110</v>
+        <v>134</v>
       </c>
     </row>
     <row r="51" spans="1:10">
       <c r="A51" s="3" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>77</v>
+        <v>173</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>75</v>
+        <v>156</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>76</v>
+        <v>157</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>75</v>
+        <v>156</v>
       </c>
       <c r="H51" s="2">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="I51" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J51" s="2">
-        <v>110</v>
+        <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:10">
       <c r="A52" s="3" t="s">
-        <v>63</v>
+        <v>149</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>74</v>
+        <v>167</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>73</v>
+        <v>172</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>71</v>
+        <v>170</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>72</v>
+        <v>171</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>71</v>
+        <v>170</v>
       </c>
       <c r="H52" s="2">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="I52" s="2">
         <v>1</v>
       </c>
       <c r="J52" s="2">
-        <v>338</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:10">
       <c r="A53" s="3" t="s">
-        <v>63</v>
+        <v>149</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>70</v>
+        <v>169</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>59</v>
+        <v>150</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>60</v>
+        <v>151</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>59</v>
+        <v>150</v>
       </c>
       <c r="H53" s="2">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I53" s="2">
         <v>1</v>
       </c>
       <c r="J53" s="2">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="54" spans="1:10">
       <c r="A54" s="3" t="s">
-        <v>63</v>
+        <v>149</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>68</v>
+        <v>168</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>59</v>
+        <v>150</v>
       </c>
       <c r="E54" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="H54" s="2">
+        <v>2011</v>
+      </c>
+      <c r="I54" s="2">
+        <v>2</v>
+      </c>
+      <c r="J54" s="2">
         <v>60</v>
-      </c>
-[...13 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:10">
       <c r="A55" s="3" t="s">
-        <v>63</v>
+        <v>149</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>67</v>
+        <v>167</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>66</v>
+        <v>166</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>59</v>
+        <v>163</v>
       </c>
       <c r="E55" s="2" t="s">
-        <v>60</v>
+        <v>164</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>59</v>
+        <v>163</v>
       </c>
       <c r="H55" s="2">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I55" s="2">
         <v>1</v>
       </c>
       <c r="J55" s="2">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:10">
       <c r="A56" s="3" t="s">
-        <v>63</v>
+        <v>149</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>64</v>
+        <v>165</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>59</v>
+        <v>163</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>60</v>
+        <v>164</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>59</v>
+        <v>163</v>
       </c>
       <c r="H56" s="2">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I56" s="2">
         <v>1</v>
       </c>
       <c r="J56" s="2">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:10">
       <c r="A57" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="B57" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G57" s="2" t="s">
-        <v>59</v>
+        <v>156</v>
       </c>
       <c r="H57" s="2">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I57" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J57" s="2">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58" s="3" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>57</v>
+        <v>161</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>55</v>
+        <v>159</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>56</v>
+        <v>160</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>55</v>
+        <v>159</v>
       </c>
       <c r="H58" s="2">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="I58" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J58" s="2">
-        <v>187</v>
+        <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:10">
       <c r="A59" s="3" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>53</v>
+        <v>158</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>48</v>
+        <v>156</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>49</v>
+        <v>157</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>48</v>
+        <v>156</v>
       </c>
       <c r="H59" s="2">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="I59" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J59" s="2">
-        <v>40</v>
+        <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:10">
       <c r="A60" s="3" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>52</v>
+        <v>155</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>48</v>
+        <v>153</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>49</v>
+        <v>154</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>48</v>
+        <v>153</v>
       </c>
       <c r="H60" s="2">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="I60" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J60" s="2">
-        <v>65</v>
+        <v>221</v>
       </c>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" s="3" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>50</v>
+        <v>152</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>49</v>
+        <v>151</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="H61" s="2">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="I61" s="2">
         <v>1</v>
       </c>
       <c r="J61" s="2">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:10">
       <c r="A62" s="3" t="s">
-        <v>38</v>
+        <v>149</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>47</v>
+        <v>148</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>45</v>
+        <v>146</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>46</v>
+        <v>147</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>45</v>
+        <v>146</v>
       </c>
       <c r="H62" s="2">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="I62" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J62" s="2">
-        <v>35</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:10">
       <c r="A63" s="3" t="s">
-        <v>38</v>
+        <v>145</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>44</v>
+        <v>143</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="H63" s="2">
-        <v>2024</v>
+        <v>2013</v>
       </c>
       <c r="I63" s="2">
         <v>1</v>
       </c>
       <c r="J63" s="2">
-        <v>7</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" s="3" t="s">
-        <v>38</v>
+        <v>140</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>41</v>
+        <v>142</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>39</v>
+        <v>137</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>40</v>
+        <v>138</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>39</v>
+        <v>137</v>
       </c>
       <c r="H64" s="2">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="I64" s="2">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J64" s="2">
-        <v>7</v>
+        <v>672</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65" s="3" t="s">
-        <v>38</v>
+        <v>140</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>36</v>
+        <v>141</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>33</v>
+        <v>137</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>35</v>
+        <v>138</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>33</v>
+        <v>137</v>
       </c>
       <c r="H65" s="2">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="I65" s="2">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="J65" s="2">
-        <v>40</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="66" spans="1:10">
       <c r="A66" s="3" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>30</v>
+        <v>139</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>29</v>
+        <v>138</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>27</v>
+        <v>137</v>
       </c>
       <c r="H66" s="2">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="I66" s="2">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="J66" s="2">
-        <v>320</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" s="3" t="s">
-        <v>12</v>
+        <v>131</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>5</v>
+        <v>73</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>19</v>
+        <v>129</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="H67" s="2">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I67" s="2">
         <v>1</v>
       </c>
       <c r="J67" s="2">
-        <v>138</v>
+        <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:10">
       <c r="A68" s="3" t="s">
-        <v>12</v>
+        <v>131</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>5</v>
+        <v>73</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>25</v>
+        <v>135</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>19</v>
+        <v>129</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="H68" s="2">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I68" s="2">
         <v>1</v>
       </c>
       <c r="J68" s="2">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:10">
       <c r="A69" s="3" t="s">
-        <v>12</v>
+        <v>131</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>24</v>
+        <v>110</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>23</v>
+        <v>134</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>19</v>
+        <v>129</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="H69" s="2">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I69" s="2">
         <v>1</v>
       </c>
       <c r="J69" s="2">
-        <v>82</v>
+        <v>70</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" s="3" t="s">
-        <v>12</v>
+        <v>131</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>19</v>
+        <v>129</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="H70" s="2">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I70" s="2">
         <v>1</v>
       </c>
       <c r="J70" s="2">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="71" spans="1:10">
       <c r="A71" s="3" t="s">
-        <v>12</v>
+        <v>131</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>20</v>
+        <v>132</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>19</v>
+        <v>129</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>18</v>
+        <v>128</v>
       </c>
       <c r="H71" s="2">
-        <v>2023</v>
+        <v>2011</v>
       </c>
       <c r="I71" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J71" s="2">
-        <v>306</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:10">
       <c r="A72" s="3" t="s">
-        <v>12</v>
+        <v>131</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>16</v>
+        <v>126</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>17</v>
+        <v>130</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="H72" s="2">
-        <v>2024</v>
+        <v>2011</v>
       </c>
       <c r="I72" s="2">
         <v>1</v>
       </c>
       <c r="J72" s="2">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" s="3" t="s">
-        <v>12</v>
+        <v>114</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>13</v>
+        <v>111</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>13</v>
+        <v>111</v>
       </c>
       <c r="H73" s="2">
-        <v>2024</v>
+        <v>2005</v>
       </c>
       <c r="I73" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J73" s="2">
-        <v>584</v>
+        <v>155</v>
       </c>
     </row>
     <row r="74" spans="1:10">
       <c r="A74" s="3" t="s">
-        <v>12</v>
+        <v>114</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>10</v>
+        <v>127</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>7</v>
+        <v>111</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>9</v>
+        <v>120</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>7</v>
+        <v>111</v>
       </c>
       <c r="H74" s="2">
-        <v>2024</v>
+        <v>2005</v>
       </c>
       <c r="I74" s="2">
         <v>1</v>
       </c>
       <c r="J74" s="2">
-        <v>601</v>
+        <v>130</v>
       </c>
     </row>
     <row r="75" spans="1:10">
       <c r="A75" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H75" s="2">
+        <v>2005</v>
+      </c>
+      <c r="I75" s="2">
+        <v>1</v>
+      </c>
+      <c r="J75" s="2">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
+      <c r="A76" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H76" s="2">
+        <v>2005</v>
+      </c>
+      <c r="I76" s="2">
+        <v>1</v>
+      </c>
+      <c r="J76" s="2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
+      <c r="A77" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H77" s="2">
+        <v>2005</v>
+      </c>
+      <c r="I77" s="2">
+        <v>2</v>
+      </c>
+      <c r="J77" s="2">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
+      <c r="A78" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H78" s="2">
+        <v>2005</v>
+      </c>
+      <c r="I78" s="2">
+        <v>1</v>
+      </c>
+      <c r="J78" s="2">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
+      <c r="A79" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H79" s="2">
+        <v>2005</v>
+      </c>
+      <c r="I79" s="2">
+        <v>1</v>
+      </c>
+      <c r="J79" s="2">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H80" s="2">
+        <v>2009</v>
+      </c>
+      <c r="I80" s="2">
+        <v>1</v>
+      </c>
+      <c r="J80" s="2">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H81" s="2">
+        <v>2009</v>
+      </c>
+      <c r="I81" s="2">
+        <v>1</v>
+      </c>
+      <c r="J81" s="2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H82" s="2">
+        <v>2009</v>
+      </c>
+      <c r="I82" s="2">
+        <v>1</v>
+      </c>
+      <c r="J82" s="2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H83" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I83" s="2">
+        <v>1</v>
+      </c>
+      <c r="J83" s="2">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10">
+      <c r="A84" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F84" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H84" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I84" s="2">
+        <v>1</v>
+      </c>
+      <c r="J84" s="2">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10">
+      <c r="A85" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H85" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I85" s="2">
+        <v>1</v>
+      </c>
+      <c r="J85" s="2">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10">
+      <c r="A86" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H86" s="2">
+        <v>2012</v>
+      </c>
+      <c r="I86" s="2">
+        <v>1</v>
+      </c>
+      <c r="J86" s="2">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10">
+      <c r="A87" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H87" s="2">
+        <v>2012</v>
+      </c>
+      <c r="I87" s="2">
+        <v>1</v>
+      </c>
+      <c r="J87" s="2">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10">
+      <c r="A88" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H88" s="2">
+        <v>2010</v>
+      </c>
+      <c r="I88" s="2">
+        <v>2</v>
+      </c>
+      <c r="J88" s="2">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10">
+      <c r="A89" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H89" s="2">
+        <v>2010</v>
+      </c>
+      <c r="I89" s="2">
+        <v>2</v>
+      </c>
+      <c r="J89" s="2">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10">
+      <c r="A90" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H90" s="2">
+        <v>2010</v>
+      </c>
+      <c r="I90" s="2">
+        <v>2</v>
+      </c>
+      <c r="J90" s="2">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10">
+      <c r="A91" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="H91" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I91" s="2">
+        <v>2</v>
+      </c>
+      <c r="J91" s="2">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10">
+      <c r="A92" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="H92" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I92" s="2">
+        <v>2</v>
+      </c>
+      <c r="J92" s="2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10">
+      <c r="A93" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H93" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I93" s="2">
+        <v>1</v>
+      </c>
+      <c r="J93" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10">
+      <c r="A94" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H94" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I94" s="2">
+        <v>1</v>
+      </c>
+      <c r="J94" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10">
+      <c r="A95" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H95" s="2">
+        <v>2012</v>
+      </c>
+      <c r="I95" s="2">
+        <v>1</v>
+      </c>
+      <c r="J95" s="2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10">
+      <c r="A96" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H96" s="2">
+        <v>2012</v>
+      </c>
+      <c r="I96" s="2">
+        <v>1</v>
+      </c>
+      <c r="J96" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10">
+      <c r="A97" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H97" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I97" s="2">
+        <v>1</v>
+      </c>
+      <c r="J97" s="2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10">
+      <c r="A98" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H98" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I98" s="2">
+        <v>1</v>
+      </c>
+      <c r="J98" s="2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10">
+      <c r="A99" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F99" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H99" s="2">
+        <v>2012</v>
+      </c>
+      <c r="I99" s="2">
+        <v>2</v>
+      </c>
+      <c r="J99" s="2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10">
+      <c r="A100" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C100" s="2"/>
+      <c r="D100" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F100" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H100" s="2">
+        <v>2012</v>
+      </c>
+      <c r="I100" s="2">
+        <v>1</v>
+      </c>
+      <c r="J100" s="2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10">
+      <c r="A101" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H101" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I101" s="2">
+        <v>1</v>
+      </c>
+      <c r="J101" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10">
+      <c r="A102" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E102" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G102" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H102" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I102" s="2">
+        <v>1</v>
+      </c>
+      <c r="J102" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10">
+      <c r="A103" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G103" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H103" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I103" s="2">
+        <v>1</v>
+      </c>
+      <c r="J103" s="2">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10">
+      <c r="A104" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E104" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="G104" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H104" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I104" s="2">
+        <v>1</v>
+      </c>
+      <c r="J104" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10">
+      <c r="A105" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E105" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F105" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G105" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H105" s="2">
+        <v>2013</v>
+      </c>
+      <c r="I105" s="2">
+        <v>1</v>
+      </c>
+      <c r="J105" s="2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10">
+      <c r="A106" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E106" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F106" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G106" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H106" s="2">
+        <v>2013</v>
+      </c>
+      <c r="I106" s="2">
+        <v>1</v>
+      </c>
+      <c r="J106" s="2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10">
+      <c r="A107" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C107" s="2"/>
+      <c r="D107" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G107" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H107" s="2">
+        <v>2004</v>
+      </c>
+      <c r="I107" s="2">
+        <v>2</v>
+      </c>
+      <c r="J107" s="2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10">
+      <c r="A108" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F108" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H108" s="2">
+        <v>2004</v>
+      </c>
+      <c r="I108" s="2">
+        <v>2</v>
+      </c>
+      <c r="J108" s="2">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10">
+      <c r="A109" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C109" s="2"/>
+      <c r="D109" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E109" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H109" s="2">
+        <v>2008</v>
+      </c>
+      <c r="I109" s="2">
+        <v>3</v>
+      </c>
+      <c r="J109" s="2">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10">
+      <c r="A110" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G110" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H110" s="2">
+        <v>2004</v>
+      </c>
+      <c r="I110" s="2">
+        <v>2</v>
+      </c>
+      <c r="J110" s="2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10">
+      <c r="A111" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G111" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H111" s="2">
+        <v>2004</v>
+      </c>
+      <c r="I111" s="2">
+        <v>2</v>
+      </c>
+      <c r="J111" s="2">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10">
+      <c r="A112" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B112" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H112" s="2">
+        <v>2008</v>
+      </c>
+      <c r="I112" s="2">
+        <v>3</v>
+      </c>
+      <c r="J112" s="2">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10">
+      <c r="A113" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B113" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H113" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I113" s="2">
+        <v>2</v>
+      </c>
+      <c r="J113" s="2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10">
+      <c r="A114" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H114" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I114" s="2">
+        <v>1</v>
+      </c>
+      <c r="J114" s="2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10">
+      <c r="A115" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E115" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H115" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I115" s="2">
+        <v>1</v>
+      </c>
+      <c r="J115" s="2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10">
+      <c r="A116" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H116" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I116" s="2">
+        <v>1</v>
+      </c>
+      <c r="J116" s="2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10">
+      <c r="A117" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H117" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I117" s="2">
+        <v>2</v>
+      </c>
+      <c r="J117" s="2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10">
+      <c r="A118" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D118" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E118" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F118" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H118" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I118" s="2">
+        <v>1</v>
+      </c>
+      <c r="J118" s="2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10">
+      <c r="A119" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D119" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E119" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F119" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H119" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I119" s="2">
+        <v>1</v>
+      </c>
+      <c r="J119" s="2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10">
+      <c r="A120" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G120" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H120" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I120" s="2">
+        <v>1</v>
+      </c>
+      <c r="J120" s="2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10">
+      <c r="A121" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B121" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E121" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F121" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H121" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I121" s="2">
+        <v>1</v>
+      </c>
+      <c r="J121" s="2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10">
+      <c r="A122" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F122" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G122" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H122" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I122" s="2">
+        <v>1</v>
+      </c>
+      <c r="J122" s="2">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10">
+      <c r="A123" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E123" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F123" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G123" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="H123" s="2">
+        <v>2013</v>
+      </c>
+      <c r="I123" s="2">
+        <v>1</v>
+      </c>
+      <c r="J123" s="2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10">
+      <c r="A124" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="F124" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G124" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="H124" s="2">
+        <v>2014</v>
+      </c>
+      <c r="I124" s="2">
+        <v>1</v>
+      </c>
+      <c r="J124" s="2">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10">
+      <c r="A125" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B75" s="2" t="s">
+      <c r="B125" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C75" s="2" t="s">
+      <c r="C125" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="D75" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E75" s="2" t="s">
+      <c r="D125" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="E125" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="F75" s="2" t="s">
-[...16 lines deleted...]
-      <c r="A76" s="4" t="s">
+      <c r="F125" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="G125" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="H125" s="2">
+        <v>2015</v>
+      </c>
+      <c r="I125" s="2">
+        <v>3</v>
+      </c>
+      <c r="J125" s="2">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10">
+      <c r="A126" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B76" s="1"/>
-[...10 lines deleted...]
-        <v>16032</v>
+      <c r="B126" s="1"/>
+      <c r="C126" s="1"/>
+      <c r="D126" s="1"/>
+      <c r="E126" s="1"/>
+      <c r="F126" s="1"/>
+      <c r="G126" s="1"/>
+      <c r="H126" s="1"/>
+      <c r="I126" s="4">
+        <v>210</v>
+      </c>
+      <c r="J126" s="4">
+        <v>43053</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A76:H76"/>
+    <mergeCell ref="A126:H126"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">