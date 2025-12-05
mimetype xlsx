--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,236 +12,254 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>KOKKU</t>
   </si>
   <si>
     <t>Von Krahli Teater</t>
   </si>
   <si>
-    <t>Vilde Teater</t>
+    <t>Vene Nukuteater</t>
   </si>
   <si>
     <t>VAT Teater</t>
   </si>
   <si>
     <t>Varius</t>
   </si>
   <si>
     <t>Vana Baskini Teater</t>
   </si>
   <si>
     <t>Vaba Lava</t>
   </si>
   <si>
     <t>Tuuleveski</t>
   </si>
   <si>
+    <t>THORS teater</t>
+  </si>
+  <si>
     <t>Theatrum</t>
   </si>
   <si>
     <t>Teoteater</t>
   </si>
   <si>
+    <t>TEMUFI</t>
+  </si>
+  <si>
+    <t>Teatribuss</t>
+  </si>
+  <si>
+    <t>Lasteteater Sõber</t>
+  </si>
+  <si>
+    <t>Teater Nuutrum</t>
+  </si>
+  <si>
     <t>Tartu Uus Teater</t>
   </si>
   <si>
-    <t>Tallinna Tantsuteater</t>
-[...4 lines deleted...]
-  <si>
     <t>Sõltumatu Tantsu Lava</t>
   </si>
   <si>
     <t>Sundown Entertainment</t>
   </si>
   <si>
+    <t>SKENE Katus Kunstile</t>
+  </si>
+  <si>
+    <t>Rakvere Tantsuteater</t>
+  </si>
+  <si>
     <t>R.A.A.A.M.</t>
   </si>
   <si>
-    <t>PolygonTeater</t>
+    <t>PUNKT</t>
   </si>
   <si>
     <t>Piip ja Tuut Teater</t>
   </si>
   <si>
     <t>Oma Lava</t>
   </si>
   <si>
-    <t>Nargen Opera</t>
+    <t>Müüdud Naer</t>
   </si>
   <si>
     <t>Must Kast</t>
   </si>
   <si>
-    <t>millimeter performance group</t>
-[...1 lines deleted...]
-  <si>
     <t>Miksteater</t>
   </si>
   <si>
-    <t>Liivi Muuseum</t>
-[...2 lines deleted...]
-    <t>Kukruse Mõisateater</t>
+    <t>Lavastusprojektid</t>
+  </si>
+  <si>
+    <t>Kiseljus Teater</t>
   </si>
   <si>
     <t>Kinoteater</t>
   </si>
   <si>
-    <t>Kell Kümme</t>
+    <t>Kellerteater</t>
   </si>
   <si>
     <t>Kanuti Gildi SAAL</t>
   </si>
   <si>
-    <t>Just Meelelahutus</t>
-[...2 lines deleted...]
-    <t>Ilmarine</t>
+    <t>Improteater Impeerium</t>
+  </si>
+  <si>
+    <t>Ilieh</t>
   </si>
   <si>
     <t>Goltsman Ballet</t>
   </si>
   <si>
     <t>Fine5 Tantsuteater</t>
   </si>
   <si>
     <t>Emajõe Suveteater</t>
   </si>
   <si>
+    <t>eˉlektron</t>
+  </si>
+  <si>
+    <t>Ekspeditsioon</t>
+  </si>
+  <si>
     <t>Eesti Tantsuagentuur</t>
   </si>
   <si>
-    <t>Daysleepers</t>
+    <t>Draakonipesa</t>
   </si>
   <si>
     <t>Banaanikala Projektiteater</t>
   </si>
   <si>
     <t>Arena</t>
   </si>
   <si>
-    <t>Albu vald</t>
+    <t>Akadeemiline Teater</t>
   </si>
   <si>
     <t>Ajateater</t>
   </si>
   <si>
     <t>Vene Teater</t>
   </si>
   <si>
     <t>Vanemuine</t>
   </si>
   <si>
     <t>Ugala Teater</t>
   </si>
   <si>
-    <t>Teater NO99</t>
-[...1 lines deleted...]
-  <si>
     <t>Rakvere Teater</t>
   </si>
   <si>
+    <t>Kuressaare Linnateater</t>
+  </si>
+  <si>
+    <t>Endla Teater</t>
+  </si>
+  <si>
+    <t>Eesti Noorsooteater</t>
+  </si>
+  <si>
+    <t>Eesti Draamateater</t>
+  </si>
+  <si>
     <t>riigi osalusega sihtasutusena tegutsevad etendusasutused</t>
   </si>
   <si>
-    <t>Kuressaare Linnateater</t>
-[...13 lines deleted...]
-  <si>
     <t>Tallinna Linnateater</t>
   </si>
   <si>
+    <t>Paide Teater</t>
+  </si>
+  <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>avalik-õiguslik</t>
   </si>
   <si>
+    <t>VEEBIKÜLASTAJAID</t>
+  </si>
+  <si>
     <t>kontsertlavastus</t>
   </si>
   <si>
     <t>nüüdismuusika</t>
   </si>
   <si>
     <t>muusikal</t>
   </si>
   <si>
     <t>operett</t>
   </si>
   <si>
     <t>ooper</t>
   </si>
   <si>
     <t>KÜLASTAJAD</t>
   </si>
   <si>
     <t>ETENDUSED</t>
   </si>
   <si>
     <t>Muusikalavastused žanrite järgi</t>
   </si>
   <si>
-    <t>AASTAL 2015</t>
+    <t>AASTAL 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -596,2223 +614,2616 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M59"/>
+  <dimension ref="A1:N62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="M58" sqref="M58:M58"/>
+      <selection activeCell="N61" sqref="N61:N61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13">
+    <row r="1" spans="1:14">
       <c r="A1" s="6" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:13">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14">
       <c r="A2" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:13">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14">
       <c r="A3" s="2"/>
       <c r="B3" s="2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
     </row>
-    <row r="4" spans="1:13">
+    <row r="4" spans="1:14">
       <c r="B4" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="K4" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="L4" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14">
+      <c r="A5" s="5" t="s">
         <v>57</v>
-      </c>
-[...36 lines deleted...]
-        <v>52</v>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
     </row>
-    <row r="6" spans="1:13">
+    <row r="6" spans="1:14">
       <c r="A6" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B6" s="2">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C6" s="2">
+        <v>14</v>
+      </c>
+      <c r="D6" s="2">
+        <v>31</v>
+      </c>
+      <c r="E6" s="2">
+        <v>0</v>
+      </c>
+      <c r="F6" s="2">
+        <v>0</v>
+      </c>
+      <c r="G6" s="5">
+        <v>117</v>
+      </c>
+      <c r="H6" s="2">
+        <v>41402</v>
+      </c>
+      <c r="I6" s="2">
+        <v>7911</v>
+      </c>
+      <c r="J6" s="2">
+        <v>23706</v>
+      </c>
+      <c r="K6" s="2">
+        <v>0</v>
+      </c>
+      <c r="L6" s="2">
+        <v>0</v>
+      </c>
+      <c r="M6" s="5">
+        <v>73019</v>
+      </c>
+      <c r="N6" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14">
+      <c r="A7" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" s="2">
+        <v>11</v>
+      </c>
+      <c r="C7" s="2">
+        <v>0</v>
+      </c>
+      <c r="D7" s="2">
+        <v>0</v>
+      </c>
+      <c r="E7" s="2">
+        <v>0</v>
+      </c>
+      <c r="F7" s="2">
+        <v>0</v>
+      </c>
+      <c r="G7" s="5">
+        <v>11</v>
+      </c>
+      <c r="H7" s="2">
+        <v>1187</v>
+      </c>
+      <c r="I7" s="2">
+        <v>0</v>
+      </c>
+      <c r="J7" s="2">
+        <v>0</v>
+      </c>
+      <c r="K7" s="2">
+        <v>0</v>
+      </c>
+      <c r="L7" s="2">
+        <v>0</v>
+      </c>
+      <c r="M7" s="5">
+        <v>1187</v>
+      </c>
+      <c r="N7" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14">
+      <c r="A8" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="D6" s="2">
-[...40 lines deleted...]
-      </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2">
         <v>0</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="E8" s="2">
         <v>0</v>
       </c>
       <c r="F8" s="2">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="G8" s="5">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="H8" s="2">
         <v>0</v>
       </c>
       <c r="I8" s="2">
         <v>0</v>
       </c>
       <c r="J8" s="2">
         <v>0</v>
       </c>
       <c r="K8" s="2">
         <v>0</v>
       </c>
       <c r="L8" s="2">
-        <v>0</v>
+        <v>4157</v>
       </c>
       <c r="M8" s="5">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:13">
+        <v>4157</v>
+      </c>
+      <c r="N8" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
       <c r="A9" s="5" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
     </row>
-    <row r="10" spans="1:13">
+    <row r="10" spans="1:14">
       <c r="A10" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" s="2">
+        <v>0</v>
+      </c>
+      <c r="C10" s="2">
+        <v>0</v>
+      </c>
+      <c r="D10" s="2">
+        <v>0</v>
+      </c>
+      <c r="E10" s="2">
+        <v>0</v>
+      </c>
+      <c r="F10" s="2">
+        <v>0</v>
+      </c>
+      <c r="G10" s="5">
+        <v>0</v>
+      </c>
+      <c r="H10" s="2">
+        <v>0</v>
+      </c>
+      <c r="I10" s="2">
+        <v>0</v>
+      </c>
+      <c r="J10" s="2">
+        <v>0</v>
+      </c>
+      <c r="K10" s="2">
+        <v>0</v>
+      </c>
+      <c r="L10" s="2">
+        <v>0</v>
+      </c>
+      <c r="M10" s="5">
+        <v>0</v>
+      </c>
+      <c r="N10" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14">
+      <c r="A11" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" s="2">
+        <v>0</v>
+      </c>
+      <c r="C11" s="2">
+        <v>0</v>
+      </c>
+      <c r="D11" s="2">
+        <v>0</v>
+      </c>
+      <c r="E11" s="2">
+        <v>0</v>
+      </c>
+      <c r="F11" s="2">
+        <v>0</v>
+      </c>
+      <c r="G11" s="5">
+        <v>0</v>
+      </c>
+      <c r="H11" s="2">
+        <v>0</v>
+      </c>
+      <c r="I11" s="2">
+        <v>0</v>
+      </c>
+      <c r="J11" s="2">
+        <v>0</v>
+      </c>
+      <c r="K11" s="2">
+        <v>0</v>
+      </c>
+      <c r="L11" s="2">
+        <v>0</v>
+      </c>
+      <c r="M11" s="5">
+        <v>0</v>
+      </c>
+      <c r="N11" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14">
+      <c r="A12" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" s="2">
+        <v>0</v>
+      </c>
+      <c r="C12" s="2">
+        <v>0</v>
+      </c>
+      <c r="D12" s="2">
+        <v>0</v>
+      </c>
+      <c r="E12" s="2">
+        <v>0</v>
+      </c>
+      <c r="F12" s="2">
+        <v>0</v>
+      </c>
+      <c r="G12" s="5">
+        <v>0</v>
+      </c>
+      <c r="H12" s="2">
+        <v>0</v>
+      </c>
+      <c r="I12" s="2">
+        <v>0</v>
+      </c>
+      <c r="J12" s="2">
+        <v>0</v>
+      </c>
+      <c r="K12" s="2">
+        <v>0</v>
+      </c>
+      <c r="L12" s="2">
+        <v>0</v>
+      </c>
+      <c r="M12" s="5">
+        <v>0</v>
+      </c>
+      <c r="N12" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14">
+      <c r="A13" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B10" s="2">
-[...37 lines deleted...]
-      <c r="A11" s="3" t="s">
+      <c r="B13" s="2">
+        <v>0</v>
+      </c>
+      <c r="C13" s="2">
+        <v>0</v>
+      </c>
+      <c r="D13" s="2">
+        <v>0</v>
+      </c>
+      <c r="E13" s="2">
+        <v>0</v>
+      </c>
+      <c r="F13" s="2">
+        <v>0</v>
+      </c>
+      <c r="G13" s="5">
+        <v>0</v>
+      </c>
+      <c r="H13" s="2">
+        <v>0</v>
+      </c>
+      <c r="I13" s="2">
+        <v>0</v>
+      </c>
+      <c r="J13" s="2">
+        <v>0</v>
+      </c>
+      <c r="K13" s="2">
+        <v>0</v>
+      </c>
+      <c r="L13" s="2">
+        <v>0</v>
+      </c>
+      <c r="M13" s="5">
+        <v>0</v>
+      </c>
+      <c r="N13" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14">
+      <c r="A14" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B11" s="2">
-[...37 lines deleted...]
-      <c r="A12" s="3" t="s">
+      <c r="B14" s="2">
+        <v>0</v>
+      </c>
+      <c r="C14" s="2">
+        <v>0</v>
+      </c>
+      <c r="D14" s="2">
+        <v>0</v>
+      </c>
+      <c r="E14" s="2">
+        <v>0</v>
+      </c>
+      <c r="F14" s="2">
+        <v>0</v>
+      </c>
+      <c r="G14" s="5">
+        <v>0</v>
+      </c>
+      <c r="H14" s="2">
+        <v>0</v>
+      </c>
+      <c r="I14" s="2">
+        <v>0</v>
+      </c>
+      <c r="J14" s="2">
+        <v>0</v>
+      </c>
+      <c r="K14" s="2">
+        <v>0</v>
+      </c>
+      <c r="L14" s="2">
+        <v>0</v>
+      </c>
+      <c r="M14" s="5">
+        <v>0</v>
+      </c>
+      <c r="N14" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14">
+      <c r="A15" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B12" s="2">
-[...5 lines deleted...]
-      <c r="D12" s="2">
+      <c r="B15" s="2">
+        <v>0</v>
+      </c>
+      <c r="C15" s="2">
+        <v>0</v>
+      </c>
+      <c r="D15" s="2">
+        <v>25</v>
+      </c>
+      <c r="E15" s="2">
+        <v>0</v>
+      </c>
+      <c r="F15" s="2">
+        <v>0</v>
+      </c>
+      <c r="G15" s="5">
+        <v>25</v>
+      </c>
+      <c r="H15" s="2">
+        <v>0</v>
+      </c>
+      <c r="I15" s="2">
+        <v>0</v>
+      </c>
+      <c r="J15" s="2">
+        <v>11577</v>
+      </c>
+      <c r="K15" s="2">
+        <v>0</v>
+      </c>
+      <c r="L15" s="2">
+        <v>0</v>
+      </c>
+      <c r="M15" s="5">
+        <v>11577</v>
+      </c>
+      <c r="N15" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14">
+      <c r="A16" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="2">
+        <v>29</v>
+      </c>
+      <c r="C16" s="2">
+        <v>6</v>
+      </c>
+      <c r="D16" s="2">
+        <v>53</v>
+      </c>
+      <c r="E16" s="2">
+        <v>0</v>
+      </c>
+      <c r="F16" s="2">
+        <v>8</v>
+      </c>
+      <c r="G16" s="5">
+        <v>96</v>
+      </c>
+      <c r="H16" s="2">
+        <v>10744</v>
+      </c>
+      <c r="I16" s="2">
+        <v>2822</v>
+      </c>
+      <c r="J16" s="2">
+        <v>26509</v>
+      </c>
+      <c r="K16" s="2">
+        <v>0</v>
+      </c>
+      <c r="L16" s="2">
+        <v>1200</v>
+      </c>
+      <c r="M16" s="5">
+        <v>41275</v>
+      </c>
+      <c r="N16" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14">
+      <c r="A17" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" s="2">
+        <v>0</v>
+      </c>
+      <c r="C17" s="2">
+        <v>0</v>
+      </c>
+      <c r="D17" s="2">
+        <v>17</v>
+      </c>
+      <c r="E17" s="2">
+        <v>0</v>
+      </c>
+      <c r="F17" s="2">
+        <v>0</v>
+      </c>
+      <c r="G17" s="5">
+        <v>17</v>
+      </c>
+      <c r="H17" s="2">
+        <v>0</v>
+      </c>
+      <c r="I17" s="2">
+        <v>0</v>
+      </c>
+      <c r="J17" s="2">
+        <v>6029</v>
+      </c>
+      <c r="K17" s="2">
+        <v>0</v>
+      </c>
+      <c r="L17" s="2">
+        <v>0</v>
+      </c>
+      <c r="M17" s="5">
+        <v>6029</v>
+      </c>
+      <c r="N17" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14">
+      <c r="A18" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B18" s="2">
+        <v>0</v>
+      </c>
+      <c r="C18" s="2">
+        <v>0</v>
+      </c>
+      <c r="D18" s="2">
+        <v>0</v>
+      </c>
+      <c r="E18" s="2">
+        <v>0</v>
+      </c>
+      <c r="F18" s="2">
+        <v>0</v>
+      </c>
+      <c r="G18" s="5">
+        <v>0</v>
+      </c>
+      <c r="H18" s="2">
+        <v>0</v>
+      </c>
+      <c r="I18" s="2">
+        <v>0</v>
+      </c>
+      <c r="J18" s="2">
+        <v>0</v>
+      </c>
+      <c r="K18" s="2">
+        <v>0</v>
+      </c>
+      <c r="L18" s="2">
+        <v>0</v>
+      </c>
+      <c r="M18" s="5">
+        <v>0</v>
+      </c>
+      <c r="N18" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14">
+      <c r="A19" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="2">
+        <v>0</v>
+      </c>
+      <c r="C19" s="2">
+        <v>0</v>
+      </c>
+      <c r="D19" s="2">
+        <v>0</v>
+      </c>
+      <c r="E19" s="2">
+        <v>0</v>
+      </c>
+      <c r="F19" s="2">
+        <v>0</v>
+      </c>
+      <c r="G19" s="5">
+        <v>0</v>
+      </c>
+      <c r="H19" s="2">
+        <v>0</v>
+      </c>
+      <c r="I19" s="2">
+        <v>0</v>
+      </c>
+      <c r="J19" s="2">
+        <v>0</v>
+      </c>
+      <c r="K19" s="2">
+        <v>0</v>
+      </c>
+      <c r="L19" s="2">
+        <v>0</v>
+      </c>
+      <c r="M19" s="5">
+        <v>0</v>
+      </c>
+      <c r="N19" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14">
+      <c r="A20" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B20" s="2">
+        <v>0</v>
+      </c>
+      <c r="C20" s="2">
+        <v>0</v>
+      </c>
+      <c r="D20" s="2">
+        <v>0</v>
+      </c>
+      <c r="E20" s="2">
+        <v>0</v>
+      </c>
+      <c r="F20" s="2">
+        <v>0</v>
+      </c>
+      <c r="G20" s="5">
+        <v>0</v>
+      </c>
+      <c r="H20" s="2">
+        <v>0</v>
+      </c>
+      <c r="I20" s="2">
+        <v>0</v>
+      </c>
+      <c r="J20" s="2">
+        <v>0</v>
+      </c>
+      <c r="K20" s="2">
+        <v>0</v>
+      </c>
+      <c r="L20" s="2">
+        <v>0</v>
+      </c>
+      <c r="M20" s="5">
+        <v>0</v>
+      </c>
+      <c r="N20" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14">
+      <c r="A21" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B21" s="2">
+        <v>0</v>
+      </c>
+      <c r="C21" s="2">
+        <v>0</v>
+      </c>
+      <c r="D21" s="2">
+        <v>0</v>
+      </c>
+      <c r="E21" s="2">
+        <v>0</v>
+      </c>
+      <c r="F21" s="2">
+        <v>0</v>
+      </c>
+      <c r="G21" s="5">
+        <v>0</v>
+      </c>
+      <c r="H21" s="2">
+        <v>0</v>
+      </c>
+      <c r="I21" s="2">
+        <v>0</v>
+      </c>
+      <c r="J21" s="2">
+        <v>0</v>
+      </c>
+      <c r="K21" s="2">
+        <v>0</v>
+      </c>
+      <c r="L21" s="2">
+        <v>0</v>
+      </c>
+      <c r="M21" s="5">
+        <v>0</v>
+      </c>
+      <c r="N21" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14">
+      <c r="A22" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B22" s="2">
+        <v>0</v>
+      </c>
+      <c r="C22" s="2">
+        <v>0</v>
+      </c>
+      <c r="D22" s="2">
+        <v>0</v>
+      </c>
+      <c r="E22" s="2">
+        <v>0</v>
+      </c>
+      <c r="F22" s="2">
+        <v>0</v>
+      </c>
+      <c r="G22" s="5">
+        <v>0</v>
+      </c>
+      <c r="H22" s="2">
+        <v>0</v>
+      </c>
+      <c r="I22" s="2">
+        <v>0</v>
+      </c>
+      <c r="J22" s="2">
+        <v>0</v>
+      </c>
+      <c r="K22" s="2">
+        <v>0</v>
+      </c>
+      <c r="L22" s="2">
+        <v>0</v>
+      </c>
+      <c r="M22" s="5">
+        <v>0</v>
+      </c>
+      <c r="N22" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14">
+      <c r="A23" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B23" s="2">
+        <v>0</v>
+      </c>
+      <c r="C23" s="2">
+        <v>0</v>
+      </c>
+      <c r="D23" s="2">
+        <v>0</v>
+      </c>
+      <c r="E23" s="2">
+        <v>0</v>
+      </c>
+      <c r="F23" s="2">
+        <v>0</v>
+      </c>
+      <c r="G23" s="5">
+        <v>0</v>
+      </c>
+      <c r="H23" s="2">
+        <v>0</v>
+      </c>
+      <c r="I23" s="2">
+        <v>0</v>
+      </c>
+      <c r="J23" s="2">
+        <v>0</v>
+      </c>
+      <c r="K23" s="2">
+        <v>0</v>
+      </c>
+      <c r="L23" s="2">
+        <v>0</v>
+      </c>
+      <c r="M23" s="5">
+        <v>0</v>
+      </c>
+      <c r="N23" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14">
+      <c r="A24" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B24" s="2">
+        <v>0</v>
+      </c>
+      <c r="C24" s="2">
+        <v>0</v>
+      </c>
+      <c r="D24" s="2">
+        <v>0</v>
+      </c>
+      <c r="E24" s="2">
+        <v>0</v>
+      </c>
+      <c r="F24" s="2">
+        <v>0</v>
+      </c>
+      <c r="G24" s="5">
+        <v>0</v>
+      </c>
+      <c r="H24" s="2">
+        <v>0</v>
+      </c>
+      <c r="I24" s="2">
+        <v>0</v>
+      </c>
+      <c r="J24" s="2">
+        <v>0</v>
+      </c>
+      <c r="K24" s="2">
+        <v>0</v>
+      </c>
+      <c r="L24" s="2">
+        <v>0</v>
+      </c>
+      <c r="M24" s="5">
+        <v>0</v>
+      </c>
+      <c r="N24" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14">
+      <c r="A25" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B25" s="2">
+        <v>0</v>
+      </c>
+      <c r="C25" s="2">
+        <v>0</v>
+      </c>
+      <c r="D25" s="2">
+        <v>0</v>
+      </c>
+      <c r="E25" s="2">
+        <v>0</v>
+      </c>
+      <c r="F25" s="2">
+        <v>0</v>
+      </c>
+      <c r="G25" s="5">
+        <v>0</v>
+      </c>
+      <c r="H25" s="2">
+        <v>0</v>
+      </c>
+      <c r="I25" s="2">
+        <v>0</v>
+      </c>
+      <c r="J25" s="2">
+        <v>0</v>
+      </c>
+      <c r="K25" s="2">
+        <v>0</v>
+      </c>
+      <c r="L25" s="2">
+        <v>0</v>
+      </c>
+      <c r="M25" s="5">
+        <v>0</v>
+      </c>
+      <c r="N25" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14">
+      <c r="A26" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B26" s="2">
+        <v>0</v>
+      </c>
+      <c r="C26" s="2">
+        <v>0</v>
+      </c>
+      <c r="D26" s="2">
+        <v>0</v>
+      </c>
+      <c r="E26" s="2">
+        <v>0</v>
+      </c>
+      <c r="F26" s="2">
+        <v>0</v>
+      </c>
+      <c r="G26" s="5">
+        <v>0</v>
+      </c>
+      <c r="H26" s="2">
+        <v>0</v>
+      </c>
+      <c r="I26" s="2">
+        <v>0</v>
+      </c>
+      <c r="J26" s="2">
+        <v>0</v>
+      </c>
+      <c r="K26" s="2">
+        <v>0</v>
+      </c>
+      <c r="L26" s="2">
+        <v>0</v>
+      </c>
+      <c r="M26" s="5">
+        <v>0</v>
+      </c>
+      <c r="N26" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14">
+      <c r="A27" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B27" s="2">
+        <v>0</v>
+      </c>
+      <c r="C27" s="2">
+        <v>0</v>
+      </c>
+      <c r="D27" s="2">
+        <v>0</v>
+      </c>
+      <c r="E27" s="2">
+        <v>0</v>
+      </c>
+      <c r="F27" s="2">
+        <v>0</v>
+      </c>
+      <c r="G27" s="5">
+        <v>0</v>
+      </c>
+      <c r="H27" s="2">
+        <v>0</v>
+      </c>
+      <c r="I27" s="2">
+        <v>0</v>
+      </c>
+      <c r="J27" s="2">
+        <v>0</v>
+      </c>
+      <c r="K27" s="2">
+        <v>0</v>
+      </c>
+      <c r="L27" s="2">
+        <v>0</v>
+      </c>
+      <c r="M27" s="5">
+        <v>0</v>
+      </c>
+      <c r="N27" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14">
+      <c r="A28" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B28" s="2">
+        <v>0</v>
+      </c>
+      <c r="C28" s="2">
+        <v>0</v>
+      </c>
+      <c r="D28" s="2">
+        <v>0</v>
+      </c>
+      <c r="E28" s="2">
+        <v>0</v>
+      </c>
+      <c r="F28" s="2">
+        <v>0</v>
+      </c>
+      <c r="G28" s="5">
+        <v>0</v>
+      </c>
+      <c r="H28" s="2">
+        <v>0</v>
+      </c>
+      <c r="I28" s="2">
+        <v>0</v>
+      </c>
+      <c r="J28" s="2">
+        <v>0</v>
+      </c>
+      <c r="K28" s="2">
+        <v>0</v>
+      </c>
+      <c r="L28" s="2">
+        <v>0</v>
+      </c>
+      <c r="M28" s="5">
+        <v>0</v>
+      </c>
+      <c r="N28" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14">
+      <c r="A29" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B29" s="2">
+        <v>0</v>
+      </c>
+      <c r="C29" s="2">
+        <v>0</v>
+      </c>
+      <c r="D29" s="2">
+        <v>0</v>
+      </c>
+      <c r="E29" s="2">
+        <v>0</v>
+      </c>
+      <c r="F29" s="2">
+        <v>0</v>
+      </c>
+      <c r="G29" s="5">
+        <v>0</v>
+      </c>
+      <c r="H29" s="2">
+        <v>0</v>
+      </c>
+      <c r="I29" s="2">
+        <v>0</v>
+      </c>
+      <c r="J29" s="2">
+        <v>0</v>
+      </c>
+      <c r="K29" s="2">
+        <v>0</v>
+      </c>
+      <c r="L29" s="2">
+        <v>0</v>
+      </c>
+      <c r="M29" s="5">
+        <v>0</v>
+      </c>
+      <c r="N29" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14">
+      <c r="A30" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" s="2">
+        <v>0</v>
+      </c>
+      <c r="C30" s="2">
+        <v>0</v>
+      </c>
+      <c r="D30" s="2">
+        <v>0</v>
+      </c>
+      <c r="E30" s="2">
+        <v>0</v>
+      </c>
+      <c r="F30" s="2">
+        <v>0</v>
+      </c>
+      <c r="G30" s="5">
+        <v>0</v>
+      </c>
+      <c r="H30" s="2">
+        <v>0</v>
+      </c>
+      <c r="I30" s="2">
+        <v>0</v>
+      </c>
+      <c r="J30" s="2">
+        <v>0</v>
+      </c>
+      <c r="K30" s="2">
+        <v>0</v>
+      </c>
+      <c r="L30" s="2">
+        <v>0</v>
+      </c>
+      <c r="M30" s="5">
+        <v>0</v>
+      </c>
+      <c r="N30" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14">
+      <c r="A31" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" s="2">
+        <v>0</v>
+      </c>
+      <c r="C31" s="2">
+        <v>0</v>
+      </c>
+      <c r="D31" s="2">
+        <v>0</v>
+      </c>
+      <c r="E31" s="2">
+        <v>2</v>
+      </c>
+      <c r="F31" s="2">
+        <v>0</v>
+      </c>
+      <c r="G31" s="5">
+        <v>2</v>
+      </c>
+      <c r="H31" s="2">
+        <v>0</v>
+      </c>
+      <c r="I31" s="2">
+        <v>0</v>
+      </c>
+      <c r="J31" s="2">
+        <v>0</v>
+      </c>
+      <c r="K31" s="2">
+        <v>158</v>
+      </c>
+      <c r="L31" s="2">
+        <v>0</v>
+      </c>
+      <c r="M31" s="5">
+        <v>158</v>
+      </c>
+      <c r="N31" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14">
+      <c r="A32" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32" s="2">
+        <v>0</v>
+      </c>
+      <c r="C32" s="2">
+        <v>0</v>
+      </c>
+      <c r="D32" s="2">
+        <v>0</v>
+      </c>
+      <c r="E32" s="2">
+        <v>0</v>
+      </c>
+      <c r="F32" s="2">
+        <v>0</v>
+      </c>
+      <c r="G32" s="5">
+        <v>0</v>
+      </c>
+      <c r="H32" s="2">
+        <v>0</v>
+      </c>
+      <c r="I32" s="2">
+        <v>0</v>
+      </c>
+      <c r="J32" s="2">
+        <v>0</v>
+      </c>
+      <c r="K32" s="2">
+        <v>0</v>
+      </c>
+      <c r="L32" s="2">
+        <v>0</v>
+      </c>
+      <c r="M32" s="5">
+        <v>0</v>
+      </c>
+      <c r="N32" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
+      <c r="A33" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B33" s="2">
+        <v>0</v>
+      </c>
+      <c r="C33" s="2">
+        <v>0</v>
+      </c>
+      <c r="D33" s="2">
+        <v>0</v>
+      </c>
+      <c r="E33" s="2">
+        <v>0</v>
+      </c>
+      <c r="F33" s="2">
+        <v>0</v>
+      </c>
+      <c r="G33" s="5">
+        <v>0</v>
+      </c>
+      <c r="H33" s="2">
+        <v>0</v>
+      </c>
+      <c r="I33" s="2">
+        <v>0</v>
+      </c>
+      <c r="J33" s="2">
+        <v>0</v>
+      </c>
+      <c r="K33" s="2">
+        <v>0</v>
+      </c>
+      <c r="L33" s="2">
+        <v>0</v>
+      </c>
+      <c r="M33" s="5">
+        <v>0</v>
+      </c>
+      <c r="N33" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
+      <c r="A34" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B34" s="2">
+        <v>0</v>
+      </c>
+      <c r="C34" s="2">
+        <v>0</v>
+      </c>
+      <c r="D34" s="2">
+        <v>0</v>
+      </c>
+      <c r="E34" s="2">
+        <v>0</v>
+      </c>
+      <c r="F34" s="2">
+        <v>0</v>
+      </c>
+      <c r="G34" s="5">
+        <v>0</v>
+      </c>
+      <c r="H34" s="2">
+        <v>0</v>
+      </c>
+      <c r="I34" s="2">
+        <v>0</v>
+      </c>
+      <c r="J34" s="2">
+        <v>0</v>
+      </c>
+      <c r="K34" s="2">
+        <v>0</v>
+      </c>
+      <c r="L34" s="2">
+        <v>0</v>
+      </c>
+      <c r="M34" s="5">
+        <v>0</v>
+      </c>
+      <c r="N34" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14">
+      <c r="A35" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B35" s="2">
+        <v>11</v>
+      </c>
+      <c r="C35" s="2">
+        <v>0</v>
+      </c>
+      <c r="D35" s="2">
+        <v>8</v>
+      </c>
+      <c r="E35" s="2">
+        <v>7</v>
+      </c>
+      <c r="F35" s="2">
+        <v>18</v>
+      </c>
+      <c r="G35" s="5">
+        <v>44</v>
+      </c>
+      <c r="H35" s="2">
+        <v>4199</v>
+      </c>
+      <c r="I35" s="2">
+        <v>0</v>
+      </c>
+      <c r="J35" s="2">
+        <v>2190</v>
+      </c>
+      <c r="K35" s="2">
+        <v>2390</v>
+      </c>
+      <c r="L35" s="2">
+        <v>3451</v>
+      </c>
+      <c r="M35" s="5">
+        <v>12230</v>
+      </c>
+      <c r="N35" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14">
+      <c r="A36" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B36" s="2">
+        <v>0</v>
+      </c>
+      <c r="C36" s="2">
+        <v>0</v>
+      </c>
+      <c r="D36" s="2">
+        <v>0</v>
+      </c>
+      <c r="E36" s="2">
+        <v>0</v>
+      </c>
+      <c r="F36" s="2">
+        <v>0</v>
+      </c>
+      <c r="G36" s="5">
+        <v>0</v>
+      </c>
+      <c r="H36" s="2">
+        <v>0</v>
+      </c>
+      <c r="I36" s="2">
+        <v>0</v>
+      </c>
+      <c r="J36" s="2">
+        <v>0</v>
+      </c>
+      <c r="K36" s="2">
+        <v>0</v>
+      </c>
+      <c r="L36" s="2">
+        <v>0</v>
+      </c>
+      <c r="M36" s="5">
+        <v>0</v>
+      </c>
+      <c r="N36" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14">
+      <c r="A37" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B37" s="2">
+        <v>0</v>
+      </c>
+      <c r="C37" s="2">
+        <v>0</v>
+      </c>
+      <c r="D37" s="2">
+        <v>0</v>
+      </c>
+      <c r="E37" s="2">
+        <v>0</v>
+      </c>
+      <c r="F37" s="2">
+        <v>0</v>
+      </c>
+      <c r="G37" s="5">
+        <v>0</v>
+      </c>
+      <c r="H37" s="2">
+        <v>0</v>
+      </c>
+      <c r="I37" s="2">
+        <v>0</v>
+      </c>
+      <c r="J37" s="2">
+        <v>0</v>
+      </c>
+      <c r="K37" s="2">
+        <v>0</v>
+      </c>
+      <c r="L37" s="2">
+        <v>0</v>
+      </c>
+      <c r="M37" s="5">
+        <v>0</v>
+      </c>
+      <c r="N37" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14">
+      <c r="A38" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B38" s="2">
+        <v>0</v>
+      </c>
+      <c r="C38" s="2">
+        <v>0</v>
+      </c>
+      <c r="D38" s="2">
+        <v>0</v>
+      </c>
+      <c r="E38" s="2">
+        <v>0</v>
+      </c>
+      <c r="F38" s="2">
+        <v>0</v>
+      </c>
+      <c r="G38" s="5">
+        <v>0</v>
+      </c>
+      <c r="H38" s="2">
+        <v>0</v>
+      </c>
+      <c r="I38" s="2">
+        <v>0</v>
+      </c>
+      <c r="J38" s="2">
+        <v>0</v>
+      </c>
+      <c r="K38" s="2">
+        <v>0</v>
+      </c>
+      <c r="L38" s="2">
+        <v>0</v>
+      </c>
+      <c r="M38" s="5">
+        <v>0</v>
+      </c>
+      <c r="N38" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14">
+      <c r="A39" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39" s="2">
+        <v>0</v>
+      </c>
+      <c r="C39" s="2">
+        <v>0</v>
+      </c>
+      <c r="D39" s="2">
+        <v>0</v>
+      </c>
+      <c r="E39" s="2">
+        <v>0</v>
+      </c>
+      <c r="F39" s="2">
+        <v>0</v>
+      </c>
+      <c r="G39" s="5">
+        <v>0</v>
+      </c>
+      <c r="H39" s="2">
+        <v>0</v>
+      </c>
+      <c r="I39" s="2">
+        <v>0</v>
+      </c>
+      <c r="J39" s="2">
+        <v>0</v>
+      </c>
+      <c r="K39" s="2">
+        <v>0</v>
+      </c>
+      <c r="L39" s="2">
+        <v>0</v>
+      </c>
+      <c r="M39" s="5">
+        <v>0</v>
+      </c>
+      <c r="N39" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14">
+      <c r="A40" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B40" s="2">
+        <v>0</v>
+      </c>
+      <c r="C40" s="2">
+        <v>0</v>
+      </c>
+      <c r="D40" s="2">
+        <v>12</v>
+      </c>
+      <c r="E40" s="2">
+        <v>0</v>
+      </c>
+      <c r="F40" s="2">
+        <v>10</v>
+      </c>
+      <c r="G40" s="5">
+        <v>22</v>
+      </c>
+      <c r="H40" s="2">
+        <v>0</v>
+      </c>
+      <c r="I40" s="2">
+        <v>0</v>
+      </c>
+      <c r="J40" s="2">
+        <v>609</v>
+      </c>
+      <c r="K40" s="2">
+        <v>0</v>
+      </c>
+      <c r="L40" s="2">
+        <v>1174</v>
+      </c>
+      <c r="M40" s="5">
+        <v>1783</v>
+      </c>
+      <c r="N40" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14">
+      <c r="A41" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B41" s="2">
+        <v>0</v>
+      </c>
+      <c r="C41" s="2">
+        <v>0</v>
+      </c>
+      <c r="D41" s="2">
+        <v>0</v>
+      </c>
+      <c r="E41" s="2">
+        <v>0</v>
+      </c>
+      <c r="F41" s="2">
+        <v>0</v>
+      </c>
+      <c r="G41" s="5">
+        <v>0</v>
+      </c>
+      <c r="H41" s="2">
+        <v>0</v>
+      </c>
+      <c r="I41" s="2">
+        <v>0</v>
+      </c>
+      <c r="J41" s="2">
+        <v>0</v>
+      </c>
+      <c r="K41" s="2">
+        <v>0</v>
+      </c>
+      <c r="L41" s="2">
+        <v>0</v>
+      </c>
+      <c r="M41" s="5">
+        <v>0</v>
+      </c>
+      <c r="N41" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14">
+      <c r="A42" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B42" s="2">
+        <v>0</v>
+      </c>
+      <c r="C42" s="2">
+        <v>0</v>
+      </c>
+      <c r="D42" s="2">
+        <v>0</v>
+      </c>
+      <c r="E42" s="2">
+        <v>0</v>
+      </c>
+      <c r="F42" s="2">
+        <v>0</v>
+      </c>
+      <c r="G42" s="5">
+        <v>0</v>
+      </c>
+      <c r="H42" s="2">
+        <v>0</v>
+      </c>
+      <c r="I42" s="2">
+        <v>0</v>
+      </c>
+      <c r="J42" s="2">
+        <v>0</v>
+      </c>
+      <c r="K42" s="2">
+        <v>0</v>
+      </c>
+      <c r="L42" s="2">
+        <v>0</v>
+      </c>
+      <c r="M42" s="5">
+        <v>0</v>
+      </c>
+      <c r="N42" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14">
+      <c r="A43" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B43" s="2">
+        <v>0</v>
+      </c>
+      <c r="C43" s="2">
+        <v>0</v>
+      </c>
+      <c r="D43" s="2">
+        <v>0</v>
+      </c>
+      <c r="E43" s="2">
+        <v>0</v>
+      </c>
+      <c r="F43" s="2">
+        <v>0</v>
+      </c>
+      <c r="G43" s="5">
+        <v>0</v>
+      </c>
+      <c r="H43" s="2">
+        <v>0</v>
+      </c>
+      <c r="I43" s="2">
+        <v>0</v>
+      </c>
+      <c r="J43" s="2">
+        <v>0</v>
+      </c>
+      <c r="K43" s="2">
+        <v>0</v>
+      </c>
+      <c r="L43" s="2">
+        <v>0</v>
+      </c>
+      <c r="M43" s="5">
+        <v>0</v>
+      </c>
+      <c r="N43" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14">
+      <c r="A44" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B44" s="2">
+        <v>0</v>
+      </c>
+      <c r="C44" s="2">
+        <v>0</v>
+      </c>
+      <c r="D44" s="2">
+        <v>0</v>
+      </c>
+      <c r="E44" s="2">
+        <v>0</v>
+      </c>
+      <c r="F44" s="2">
+        <v>0</v>
+      </c>
+      <c r="G44" s="5">
+        <v>0</v>
+      </c>
+      <c r="H44" s="2">
+        <v>0</v>
+      </c>
+      <c r="I44" s="2">
+        <v>0</v>
+      </c>
+      <c r="J44" s="2">
+        <v>0</v>
+      </c>
+      <c r="K44" s="2">
+        <v>0</v>
+      </c>
+      <c r="L44" s="2">
+        <v>0</v>
+      </c>
+      <c r="M44" s="5">
+        <v>0</v>
+      </c>
+      <c r="N44" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14">
+      <c r="A45" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B45" s="2">
+        <v>0</v>
+      </c>
+      <c r="C45" s="2">
+        <v>0</v>
+      </c>
+      <c r="D45" s="2">
+        <v>0</v>
+      </c>
+      <c r="E45" s="2">
+        <v>0</v>
+      </c>
+      <c r="F45" s="2">
+        <v>0</v>
+      </c>
+      <c r="G45" s="5">
+        <v>0</v>
+      </c>
+      <c r="H45" s="2">
+        <v>0</v>
+      </c>
+      <c r="I45" s="2">
+        <v>0</v>
+      </c>
+      <c r="J45" s="2">
+        <v>0</v>
+      </c>
+      <c r="K45" s="2">
+        <v>0</v>
+      </c>
+      <c r="L45" s="2">
+        <v>0</v>
+      </c>
+      <c r="M45" s="5">
+        <v>0</v>
+      </c>
+      <c r="N45" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14">
+      <c r="A46" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B46" s="2">
+        <v>0</v>
+      </c>
+      <c r="C46" s="2">
+        <v>0</v>
+      </c>
+      <c r="D46" s="2">
+        <v>0</v>
+      </c>
+      <c r="E46" s="2">
+        <v>0</v>
+      </c>
+      <c r="F46" s="2">
+        <v>0</v>
+      </c>
+      <c r="G46" s="5">
+        <v>0</v>
+      </c>
+      <c r="H46" s="2">
+        <v>0</v>
+      </c>
+      <c r="I46" s="2">
+        <v>0</v>
+      </c>
+      <c r="J46" s="2">
+        <v>0</v>
+      </c>
+      <c r="K46" s="2">
+        <v>0</v>
+      </c>
+      <c r="L46" s="2">
+        <v>0</v>
+      </c>
+      <c r="M46" s="5">
+        <v>0</v>
+      </c>
+      <c r="N46" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14">
+      <c r="A47" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="E12" s="2">
-[...139 lines deleted...]
-      <c r="F17" s="2">
+      <c r="B47" s="2">
+        <v>0</v>
+      </c>
+      <c r="C47" s="2">
+        <v>0</v>
+      </c>
+      <c r="D47" s="2">
+        <v>0</v>
+      </c>
+      <c r="E47" s="2">
+        <v>0</v>
+      </c>
+      <c r="F47" s="2">
+        <v>0</v>
+      </c>
+      <c r="G47" s="5">
+        <v>0</v>
+      </c>
+      <c r="H47" s="2">
+        <v>0</v>
+      </c>
+      <c r="I47" s="2">
+        <v>0</v>
+      </c>
+      <c r="J47" s="2">
+        <v>0</v>
+      </c>
+      <c r="K47" s="2">
+        <v>0</v>
+      </c>
+      <c r="L47" s="2">
+        <v>0</v>
+      </c>
+      <c r="M47" s="5">
+        <v>0</v>
+      </c>
+      <c r="N47" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14">
+      <c r="A48" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="B48" s="2">
+        <v>0</v>
+      </c>
+      <c r="C48" s="2">
+        <v>0</v>
+      </c>
+      <c r="D48" s="2">
+        <v>0</v>
+      </c>
+      <c r="E48" s="2">
+        <v>0</v>
+      </c>
+      <c r="F48" s="2">
+        <v>0</v>
+      </c>
+      <c r="G48" s="5">
+        <v>0</v>
+      </c>
+      <c r="H48" s="2">
+        <v>0</v>
+      </c>
+      <c r="I48" s="2">
+        <v>0</v>
+      </c>
+      <c r="J48" s="2">
+        <v>0</v>
+      </c>
+      <c r="K48" s="2">
+        <v>0</v>
+      </c>
+      <c r="L48" s="2">
+        <v>0</v>
+      </c>
+      <c r="M48" s="5">
+        <v>0</v>
+      </c>
+      <c r="N48" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14">
+      <c r="A49" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B49" s="2">
+        <v>0</v>
+      </c>
+      <c r="C49" s="2">
+        <v>0</v>
+      </c>
+      <c r="D49" s="2">
+        <v>0</v>
+      </c>
+      <c r="E49" s="2">
+        <v>0</v>
+      </c>
+      <c r="F49" s="2">
+        <v>0</v>
+      </c>
+      <c r="G49" s="5">
+        <v>0</v>
+      </c>
+      <c r="H49" s="2">
+        <v>0</v>
+      </c>
+      <c r="I49" s="2">
+        <v>0</v>
+      </c>
+      <c r="J49" s="2">
+        <v>0</v>
+      </c>
+      <c r="K49" s="2">
+        <v>0</v>
+      </c>
+      <c r="L49" s="2">
+        <v>0</v>
+      </c>
+      <c r="M49" s="5">
+        <v>0</v>
+      </c>
+      <c r="N49" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14">
+      <c r="A50" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B50" s="2">
+        <v>0</v>
+      </c>
+      <c r="C50" s="2">
+        <v>0</v>
+      </c>
+      <c r="D50" s="2">
+        <v>0</v>
+      </c>
+      <c r="E50" s="2">
+        <v>0</v>
+      </c>
+      <c r="F50" s="2">
+        <v>0</v>
+      </c>
+      <c r="G50" s="5">
+        <v>0</v>
+      </c>
+      <c r="H50" s="2">
+        <v>0</v>
+      </c>
+      <c r="I50" s="2">
+        <v>0</v>
+      </c>
+      <c r="J50" s="2">
+        <v>0</v>
+      </c>
+      <c r="K50" s="2">
+        <v>0</v>
+      </c>
+      <c r="L50" s="2">
+        <v>0</v>
+      </c>
+      <c r="M50" s="5">
+        <v>0</v>
+      </c>
+      <c r="N50" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14">
+      <c r="A51" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="B51" s="2">
+        <v>0</v>
+      </c>
+      <c r="C51" s="2">
+        <v>0</v>
+      </c>
+      <c r="D51" s="2">
+        <v>0</v>
+      </c>
+      <c r="E51" s="2">
+        <v>0</v>
+      </c>
+      <c r="F51" s="2">
+        <v>0</v>
+      </c>
+      <c r="G51" s="5">
+        <v>0</v>
+      </c>
+      <c r="H51" s="2">
+        <v>0</v>
+      </c>
+      <c r="I51" s="2">
+        <v>0</v>
+      </c>
+      <c r="J51" s="2">
+        <v>0</v>
+      </c>
+      <c r="K51" s="2">
+        <v>0</v>
+      </c>
+      <c r="L51" s="2">
+        <v>0</v>
+      </c>
+      <c r="M51" s="5">
+        <v>0</v>
+      </c>
+      <c r="N51" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14">
+      <c r="A52" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" s="2">
+        <v>0</v>
+      </c>
+      <c r="C52" s="2">
+        <v>0</v>
+      </c>
+      <c r="D52" s="2">
+        <v>0</v>
+      </c>
+      <c r="E52" s="2">
+        <v>0</v>
+      </c>
+      <c r="F52" s="2">
+        <v>0</v>
+      </c>
+      <c r="G52" s="5">
+        <v>0</v>
+      </c>
+      <c r="H52" s="2">
+        <v>0</v>
+      </c>
+      <c r="I52" s="2">
+        <v>0</v>
+      </c>
+      <c r="J52" s="2">
+        <v>0</v>
+      </c>
+      <c r="K52" s="2">
+        <v>0</v>
+      </c>
+      <c r="L52" s="2">
+        <v>0</v>
+      </c>
+      <c r="M52" s="5">
+        <v>0</v>
+      </c>
+      <c r="N52" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14">
+      <c r="A53" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B53" s="2">
+        <v>0</v>
+      </c>
+      <c r="C53" s="2">
+        <v>0</v>
+      </c>
+      <c r="D53" s="2">
+        <v>0</v>
+      </c>
+      <c r="E53" s="2">
+        <v>0</v>
+      </c>
+      <c r="F53" s="2">
+        <v>0</v>
+      </c>
+      <c r="G53" s="5">
+        <v>0</v>
+      </c>
+      <c r="H53" s="2">
+        <v>0</v>
+      </c>
+      <c r="I53" s="2">
+        <v>0</v>
+      </c>
+      <c r="J53" s="2">
+        <v>0</v>
+      </c>
+      <c r="K53" s="2">
+        <v>0</v>
+      </c>
+      <c r="L53" s="2">
+        <v>0</v>
+      </c>
+      <c r="M53" s="5">
+        <v>0</v>
+      </c>
+      <c r="N53" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14">
+      <c r="A54" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B54" s="2">
+        <v>0</v>
+      </c>
+      <c r="C54" s="2">
+        <v>0</v>
+      </c>
+      <c r="D54" s="2">
+        <v>0</v>
+      </c>
+      <c r="E54" s="2">
+        <v>0</v>
+      </c>
+      <c r="F54" s="2">
+        <v>0</v>
+      </c>
+      <c r="G54" s="5">
+        <v>0</v>
+      </c>
+      <c r="H54" s="2">
+        <v>0</v>
+      </c>
+      <c r="I54" s="2">
+        <v>0</v>
+      </c>
+      <c r="J54" s="2">
+        <v>0</v>
+      </c>
+      <c r="K54" s="2">
+        <v>0</v>
+      </c>
+      <c r="L54" s="2">
+        <v>0</v>
+      </c>
+      <c r="M54" s="5">
+        <v>0</v>
+      </c>
+      <c r="N54" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14">
+      <c r="A55" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B55" s="2">
+        <v>0</v>
+      </c>
+      <c r="C55" s="2">
+        <v>0</v>
+      </c>
+      <c r="D55" s="2">
+        <v>0</v>
+      </c>
+      <c r="E55" s="2">
+        <v>0</v>
+      </c>
+      <c r="F55" s="2">
+        <v>0</v>
+      </c>
+      <c r="G55" s="5">
+        <v>0</v>
+      </c>
+      <c r="H55" s="2">
+        <v>0</v>
+      </c>
+      <c r="I55" s="2">
+        <v>0</v>
+      </c>
+      <c r="J55" s="2">
+        <v>0</v>
+      </c>
+      <c r="K55" s="2">
+        <v>0</v>
+      </c>
+      <c r="L55" s="2">
+        <v>0</v>
+      </c>
+      <c r="M55" s="5">
+        <v>0</v>
+      </c>
+      <c r="N55" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14">
+      <c r="A56" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B56" s="2">
+        <v>0</v>
+      </c>
+      <c r="C56" s="2">
+        <v>0</v>
+      </c>
+      <c r="D56" s="2">
+        <v>0</v>
+      </c>
+      <c r="E56" s="2">
+        <v>0</v>
+      </c>
+      <c r="F56" s="2">
+        <v>0</v>
+      </c>
+      <c r="G56" s="5">
+        <v>0</v>
+      </c>
+      <c r="H56" s="2">
+        <v>0</v>
+      </c>
+      <c r="I56" s="2">
+        <v>0</v>
+      </c>
+      <c r="J56" s="2">
+        <v>0</v>
+      </c>
+      <c r="K56" s="2">
+        <v>0</v>
+      </c>
+      <c r="L56" s="2">
+        <v>0</v>
+      </c>
+      <c r="M56" s="5">
+        <v>0</v>
+      </c>
+      <c r="N56" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14">
+      <c r="A57" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="G17" s="5">
-[...883 lines deleted...]
-      <c r="A39" s="3" t="s">
+      <c r="B57" s="2">
+        <v>0</v>
+      </c>
+      <c r="C57" s="2">
+        <v>0</v>
+      </c>
+      <c r="D57" s="2">
+        <v>4</v>
+      </c>
+      <c r="E57" s="2">
+        <v>0</v>
+      </c>
+      <c r="F57" s="2">
+        <v>0</v>
+      </c>
+      <c r="G57" s="5">
+        <v>4</v>
+      </c>
+      <c r="H57" s="2">
+        <v>0</v>
+      </c>
+      <c r="I57" s="2">
+        <v>0</v>
+      </c>
+      <c r="J57" s="2">
+        <v>5000</v>
+      </c>
+      <c r="K57" s="2">
+        <v>0</v>
+      </c>
+      <c r="L57" s="2">
+        <v>0</v>
+      </c>
+      <c r="M57" s="5">
+        <v>5000</v>
+      </c>
+      <c r="N57" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14">
+      <c r="A58" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B58" s="2">
+        <v>0</v>
+      </c>
+      <c r="C58" s="2">
+        <v>0</v>
+      </c>
+      <c r="D58" s="2">
+        <v>0</v>
+      </c>
+      <c r="E58" s="2">
+        <v>0</v>
+      </c>
+      <c r="F58" s="2">
+        <v>0</v>
+      </c>
+      <c r="G58" s="5">
+        <v>0</v>
+      </c>
+      <c r="H58" s="2">
+        <v>0</v>
+      </c>
+      <c r="I58" s="2">
+        <v>0</v>
+      </c>
+      <c r="J58" s="2">
+        <v>0</v>
+      </c>
+      <c r="K58" s="2">
+        <v>0</v>
+      </c>
+      <c r="L58" s="2">
+        <v>0</v>
+      </c>
+      <c r="M58" s="5">
+        <v>0</v>
+      </c>
+      <c r="N58" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14">
+      <c r="A59" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B59" s="2">
+        <v>0</v>
+      </c>
+      <c r="C59" s="2">
+        <v>0</v>
+      </c>
+      <c r="D59" s="2">
+        <v>0</v>
+      </c>
+      <c r="E59" s="2">
+        <v>0</v>
+      </c>
+      <c r="F59" s="2">
+        <v>0</v>
+      </c>
+      <c r="G59" s="5">
+        <v>0</v>
+      </c>
+      <c r="H59" s="2">
+        <v>0</v>
+      </c>
+      <c r="I59" s="2">
+        <v>0</v>
+      </c>
+      <c r="J59" s="2">
+        <v>0</v>
+      </c>
+      <c r="K59" s="2">
+        <v>0</v>
+      </c>
+      <c r="L59" s="2">
+        <v>0</v>
+      </c>
+      <c r="M59" s="5">
+        <v>0</v>
+      </c>
+      <c r="N59" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14">
+      <c r="A60" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B60" s="2">
+        <v>0</v>
+      </c>
+      <c r="C60" s="2">
+        <v>0</v>
+      </c>
+      <c r="D60" s="2">
+        <v>0</v>
+      </c>
+      <c r="E60" s="2">
+        <v>0</v>
+      </c>
+      <c r="F60" s="2">
+        <v>0</v>
+      </c>
+      <c r="G60" s="5">
+        <v>0</v>
+      </c>
+      <c r="H60" s="2">
+        <v>0</v>
+      </c>
+      <c r="I60" s="2">
+        <v>0</v>
+      </c>
+      <c r="J60" s="2">
+        <v>0</v>
+      </c>
+      <c r="K60" s="2">
+        <v>0</v>
+      </c>
+      <c r="L60" s="2">
+        <v>0</v>
+      </c>
+      <c r="M60" s="5">
+        <v>0</v>
+      </c>
+      <c r="N60" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14">
+      <c r="A61" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B61" s="2">
+        <v>7</v>
+      </c>
+      <c r="C61" s="2">
+        <v>0</v>
+      </c>
+      <c r="D61" s="2">
+        <v>0</v>
+      </c>
+      <c r="E61" s="2">
+        <v>0</v>
+      </c>
+      <c r="F61" s="2">
+        <v>0</v>
+      </c>
+      <c r="G61" s="5">
+        <v>7</v>
+      </c>
+      <c r="H61" s="2">
+        <v>1218</v>
+      </c>
+      <c r="I61" s="2">
+        <v>0</v>
+      </c>
+      <c r="J61" s="2">
+        <v>0</v>
+      </c>
+      <c r="K61" s="2">
+        <v>0</v>
+      </c>
+      <c r="L61" s="2">
+        <v>0</v>
+      </c>
+      <c r="M61" s="5">
+        <v>1218</v>
+      </c>
+      <c r="N61" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14">
+      <c r="A62" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B62" s="5">
+        <v>130</v>
+      </c>
+      <c r="C62" s="5">
         <v>20</v>
       </c>
-      <c r="B39" s="2">
-[...169 lines deleted...]
-      <c r="D43" s="2">
+      <c r="D62" s="5">
+        <v>150</v>
+      </c>
+      <c r="E62" s="5">
         <v>9</v>
       </c>
-      <c r="E43" s="2">
-[...680 lines deleted...]
-        <v>185938</v>
+      <c r="F62" s="5">
+        <v>52</v>
+      </c>
+      <c r="G62" s="5">
+        <v>361</v>
+      </c>
+      <c r="H62" s="5">
+        <v>58750</v>
+      </c>
+      <c r="I62" s="5">
+        <v>10733</v>
+      </c>
+      <c r="J62" s="5">
+        <v>75620</v>
+      </c>
+      <c r="K62" s="5">
+        <v>2548</v>
+      </c>
+      <c r="L62" s="5">
+        <v>9982</v>
+      </c>
+      <c r="M62" s="5">
+        <v>157633</v>
+      </c>
+      <c r="N62" s="5">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:G3"/>
     <mergeCell ref="H3:M3"/>
     <mergeCell ref="A5:C5"/>
-    <mergeCell ref="A7:C7"/>
     <mergeCell ref="A9:C9"/>
-    <mergeCell ref="A13:C13"/>
-    <mergeCell ref="A15:C15"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">