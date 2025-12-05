--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -17,696 +17,696 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>KOKKU</t>
   </si>
   <si>
-    <t>Vaba Lava väike saal (Telliskivi 60a, Tallinna linn)</t>
-[...122 lines deleted...]
-    <t>Balleto di Milano</t>
+    <t>Suur saal (Kreutzwaldi 2 a, Rakvere linn)</t>
+  </si>
+  <si>
+    <t>Rakvere Teater</t>
+  </si>
+  <si>
+    <t>After All Springville - Disasters and Amusement Parks</t>
+  </si>
+  <si>
+    <t>Miet Warlop</t>
+  </si>
+  <si>
+    <t>Irene Wool vzw</t>
+  </si>
+  <si>
+    <t>Rahu hall (Rakvere linn, Lääne-Viru maakond)</t>
+  </si>
+  <si>
+    <t>Burnt Toast</t>
+  </si>
+  <si>
+    <t>Trine Falch</t>
+  </si>
+  <si>
+    <t>Susie Wang, Black Box Theatre</t>
+  </si>
+  <si>
+    <t>Farm Fatale</t>
+  </si>
+  <si>
+    <t>Philippe Quesne</t>
+  </si>
+  <si>
+    <t>Vivarium Studio</t>
+  </si>
+  <si>
+    <t>Väike saal (Kreutzwaldi 2 a, Rakvere linn)</t>
+  </si>
+  <si>
+    <t>Materia</t>
+  </si>
+  <si>
+    <t>Andrea Salustri</t>
+  </si>
+  <si>
+    <t>Rakvere LV Valge saal (Rakvere linn, Lääne-Viru maakond)</t>
+  </si>
+  <si>
+    <t>The Selfie Concert</t>
+  </si>
+  <si>
+    <t>Ivo Dimchev</t>
+  </si>
+  <si>
+    <t>The Silence of the Sirens</t>
+  </si>
+  <si>
+    <t>Laura Kutkaite, Tekle Kavtaradze</t>
+  </si>
+  <si>
+    <t>Leedu Rahvusteater</t>
+  </si>
+  <si>
+    <t>Sakala 3 Teatrimaja garderoob (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>VAT Teater</t>
+  </si>
+  <si>
+    <t>A Guide to now for those in the future</t>
+  </si>
+  <si>
+    <t>Erinevad</t>
+  </si>
+  <si>
+    <t>Pilot Theatre</t>
+  </si>
+  <si>
+    <t>Sakala 3 Teatrimaja suur saal (Sakala 3, Tallinn)</t>
+  </si>
+  <si>
+    <t>Frankenstein</t>
+  </si>
+  <si>
+    <t>Ivonne Capece</t>
+  </si>
+  <si>
+    <t>Elsinor Centro di Produzione Teatrale</t>
+  </si>
+  <si>
+    <t>Nottetempo</t>
+  </si>
+  <si>
+    <t>Monoliths</t>
+  </si>
+  <si>
+    <t>baar Heldeke (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>Confessions of a Comedian; Marmalade</t>
+  </si>
+  <si>
+    <t>Thao Thanh Cao</t>
+  </si>
+  <si>
+    <t>Raekoja plats (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>The Pigeon Chaser</t>
+  </si>
+  <si>
+    <t>Shiva Grings</t>
+  </si>
+  <si>
+    <t>Chopin's Last Tour</t>
+  </si>
+  <si>
+    <t>Philip Aughey</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anvil Creek Theatre </t>
+  </si>
+  <si>
+    <t>Kopli Couture (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>Legalization</t>
+  </si>
+  <si>
+    <t>Mikhail Grevtsov, Egor Fufachev</t>
+  </si>
+  <si>
+    <t>Kopli Coutoure (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>Colorful</t>
+  </si>
+  <si>
+    <t>Matt Davis</t>
+  </si>
+  <si>
+    <t>Sõltumatu Tantsu Lava (Telliskivi 60a, Tallinn)</t>
+  </si>
+  <si>
+    <t>Only Bones v 1.6</t>
+  </si>
+  <si>
+    <t>Marina Cherry</t>
+  </si>
+  <si>
+    <t>Marinated Lamb</t>
+  </si>
+  <si>
+    <t>Malinda Perera</t>
+  </si>
+  <si>
+    <t>Ratas&amp;Kohv (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>Multicultural Mexican</t>
+  </si>
+  <si>
+    <t>Laura Lopez</t>
+  </si>
+  <si>
+    <t>Tumble Circus</t>
+  </si>
+  <si>
+    <t>Ken Fanning, Tiina Segner</t>
+  </si>
+  <si>
+    <t>a-le-hopp Circus Cabaret</t>
+  </si>
+  <si>
+    <t>Ken Fanning, Kaisa Ling, Tiina Segner, Shiva Grings, Elysia McMurren, Luisa Schmitz</t>
+  </si>
+  <si>
+    <t>Tallinn Fringe Fest</t>
+  </si>
+  <si>
+    <t>Whore's Eye View</t>
+  </si>
+  <si>
+    <t>Kaytlin Bailey</t>
+  </si>
+  <si>
+    <t>Circus with Kai Kuutamo</t>
+  </si>
+  <si>
+    <t>Kai Kuutamo</t>
+  </si>
+  <si>
+    <t>Netflix and Dill</t>
+  </si>
+  <si>
+    <t>Joshua Perkins</t>
+  </si>
+  <si>
+    <t>Clownfishing</t>
+  </si>
+  <si>
+    <t>John Harper, Lydia Keating</t>
+  </si>
+  <si>
+    <t>Clownfishing Troupe</t>
+  </si>
+  <si>
+    <t>Awake, Gay and Writing a Play</t>
+  </si>
+  <si>
+    <t>John Harper</t>
+  </si>
+  <si>
+    <t>An Ex-Jehovah</t>
+  </si>
+  <si>
+    <t>Coffee and Comedy</t>
+  </si>
+  <si>
+    <t>Johannes Vaher, Vivek Ravi, Benjamin Heckscher</t>
+  </si>
+  <si>
+    <t>The Comedy Underdogs</t>
+  </si>
+  <si>
+    <t>Rataskaevu 6 Art Gallery (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>Bohemian Hongkie</t>
+  </si>
+  <si>
+    <t>Joanna Sio</t>
+  </si>
+  <si>
+    <t>The Grannies</t>
+  </si>
+  <si>
+    <t>Elysia McMurren, Luisa Schmitz</t>
+  </si>
+  <si>
+    <t>Bill and Fred Productions</t>
+  </si>
+  <si>
+    <t>Adventures</t>
+  </si>
+  <si>
+    <t>The Other Asians</t>
+  </si>
+  <si>
+    <t>Dinara Kerey &amp; Dev</t>
+  </si>
+  <si>
+    <t>Dinara Kerey, Dev</t>
+  </si>
+  <si>
+    <t>Australian Alien</t>
+  </si>
+  <si>
+    <t>Dave Adams</t>
+  </si>
+  <si>
+    <t>Impeeriumi teatrisaal (Ankru 10, Tallinn, Tallinn)</t>
+  </si>
+  <si>
+    <t>The Supreme Art of Improvisation</t>
+  </si>
+  <si>
+    <t>Caspar Schjelbred</t>
+  </si>
+  <si>
+    <t>Halfway Done</t>
+  </si>
+  <si>
+    <t>Benjamin Heckscher</t>
+  </si>
+  <si>
+    <t>Linda</t>
+  </si>
+  <si>
+    <t>Andrew Sim</t>
+  </si>
+  <si>
+    <t>Standup Anastasiia Zakrevska</t>
+  </si>
+  <si>
+    <t>Anastasiia Zakrevska</t>
+  </si>
+  <si>
+    <t>The Gong Show</t>
+  </si>
+  <si>
+    <t>Ana Falkon</t>
+  </si>
+  <si>
+    <t>Ratas&amp;Kohv; Kopli Couture (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>#1 Mexican in Estonia</t>
+  </si>
+  <si>
+    <t>Von KRAHLI suur saal (Telliskivi 60a/9, Tallinn)</t>
+  </si>
+  <si>
+    <t>Sõltumatu Tantsu Lava</t>
+  </si>
+  <si>
+    <t>C’est toi qu’on adore</t>
+  </si>
+  <si>
+    <t>Leïla Ka</t>
+  </si>
+  <si>
+    <t>Vibrating sky</t>
+  </si>
+  <si>
+    <t>86B210</t>
+  </si>
+  <si>
+    <t>Viimsi Artiumi suur saal (Randvere tee 20, Viimsi alevik)</t>
+  </si>
+  <si>
+    <t>PheNoumenon</t>
+  </si>
+  <si>
+    <t>Kuik Swee Boon</t>
+  </si>
+  <si>
+    <t>T.H:E Dance Co</t>
+  </si>
+  <si>
+    <t>Theatrumi saal (Vene 14, Tallinn)</t>
+  </si>
+  <si>
+    <t>Lühivormide õhtu</t>
+  </si>
+  <si>
+    <t>Sumove, Dongbin Lee, Kyoshiro Oshima,</t>
+  </si>
+  <si>
+    <t>Sumove ja Lee (Lõuna-Korea), Oshima (Jaapan)</t>
+  </si>
+  <si>
+    <t>kinos Artis (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>The Life of Hokusai</t>
+  </si>
+  <si>
+    <t>Katsumi Sakakura</t>
   </si>
   <si>
     <t>Kuressaare lossi ooperimaja (Kuressaare linn, Saare maakond)</t>
   </si>
   <si>
-    <t>Lastegala</t>
-[...203 lines deleted...]
-    <t>Sõltumatu Tantsu Lava (Telliskivi 60a, Tallinna linn)</t>
+    <t>Trubaduur</t>
+  </si>
+  <si>
+    <t>Giuseppe Verdi</t>
+  </si>
+  <si>
+    <t>Kataloonia Ooper</t>
+  </si>
+  <si>
+    <t>Manon Lescaut</t>
+  </si>
+  <si>
+    <t>Giacomo Puccini</t>
+  </si>
+  <si>
+    <t>Tosca</t>
+  </si>
+  <si>
+    <t>Giacomo Puccini, Victorien Sardou</t>
+  </si>
+  <si>
+    <t>Carmen</t>
+  </si>
+  <si>
+    <t>BIzet / Barcelona Flamenkoballett</t>
+  </si>
+  <si>
+    <t>Kataloonia Ooper ja Barcelona Flamenkoballett</t>
+  </si>
+  <si>
+    <t>ERMi teatrisaal (Muuseumi tee 2, Tartu linn)</t>
+  </si>
+  <si>
+    <t>Playful Tiger</t>
+  </si>
+  <si>
+    <t>Natasha Gilmore</t>
+  </si>
+  <si>
+    <t>Barrowland Ballet</t>
+  </si>
+  <si>
+    <t>Tiger Tale</t>
+  </si>
+  <si>
+    <t>Natasha Gilmore and Robert Alan Evans</t>
+  </si>
+  <si>
+    <t>Suur saal (Lai 37, Tartu linn)</t>
+  </si>
+  <si>
+    <t>Snö (Lumi)</t>
+  </si>
+  <si>
+    <t>Hugo Therkelson , Tobias Ulfvebrand</t>
+  </si>
+  <si>
+    <t>Dockteatern Tittut</t>
+  </si>
+  <si>
+    <t>Huga Treffneri gümnaasium (Tartu linn, Tartu maakond)</t>
+  </si>
+  <si>
+    <t>Do as I say</t>
+  </si>
+  <si>
+    <t>Lava Markusson ja Michael Tang</t>
+  </si>
+  <si>
+    <t>Bobbi Lo Production</t>
+  </si>
+  <si>
+    <t>World without Eyes</t>
+  </si>
+  <si>
+    <t>Birutė Banevičiūtė</t>
+  </si>
+  <si>
+    <t>Dansema Tantsuteater</t>
+  </si>
+  <si>
+    <t>Teatri Kodu (Lutsu 2, Tartu linn)</t>
+  </si>
+  <si>
+    <t>Cabinet Alive!</t>
+  </si>
+  <si>
+    <t>Katarina Cakova</t>
+  </si>
+  <si>
+    <t>Katanari</t>
+  </si>
+  <si>
+    <t>Halva ende linnud</t>
+  </si>
+  <si>
+    <t>Corentin JPM Leven</t>
+  </si>
+  <si>
+    <t>Black Box Theatre, DansiT, Narva Kunstiresidentuur NART</t>
+  </si>
+  <si>
+    <t>Von KRAHLI väike saal (Telliskivi 60a/9, Tallinn)</t>
+  </si>
+  <si>
+    <t>SFDCANBAC+</t>
+  </si>
+  <si>
+    <t>Jorge Guevara, Naoto Hieda</t>
+  </si>
+  <si>
+    <t>Stimm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vigdís Birna Grétarsdóttir </t>
+  </si>
+  <si>
+    <t>Graces</t>
+  </si>
+  <si>
+    <t>Sylvia Gribaudi</t>
+  </si>
+  <si>
+    <t>Megastructure</t>
+  </si>
+  <si>
+    <t>Sarah Baltzinger ja Isaiah Wilson</t>
+  </si>
+  <si>
+    <t>Pode Ser</t>
+  </si>
+  <si>
+    <t>Bouffées</t>
+  </si>
+  <si>
+    <t>For Patricia</t>
+  </si>
+  <si>
+    <t>Sarah Fdili Alaoui, John Sullivan</t>
+  </si>
+  <si>
+    <t>My house eats itself</t>
+  </si>
+  <si>
+    <t>Alice Romberg</t>
+  </si>
+  <si>
+    <t>Figuring Age</t>
+  </si>
+  <si>
+    <t>Boglárka Börcsök ja Andreas Bolm</t>
+  </si>
+  <si>
+    <t>Where the Boys are</t>
+  </si>
+  <si>
+    <t>Yotam Peeled</t>
+  </si>
+  <si>
+    <t>21.kk saal (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>Schwanensee in Sneakers</t>
+  </si>
+  <si>
+    <t>Anna Till</t>
+  </si>
+  <si>
+    <t>Fatique</t>
+  </si>
+  <si>
+    <t>Viktor Szeri</t>
+  </si>
+  <si>
+    <t>Insomnia</t>
+  </si>
+  <si>
+    <t>Mariya Salo, Petras Lisauskas</t>
+  </si>
+  <si>
+    <t>The Traces</t>
+  </si>
+  <si>
+    <t>Tetiana Znamerovska</t>
+  </si>
+  <si>
+    <t>Telliskivi Loomelinnaku hoovis (Tallinn, Harju maakond)</t>
+  </si>
+  <si>
+    <t>The Trap</t>
+  </si>
+  <si>
+    <t>Rita Lira</t>
+  </si>
+  <si>
+    <t>&lt;3</t>
+  </si>
+  <si>
+    <t>Christa Ropponen</t>
+  </si>
+  <si>
+    <t>The Rise and Phall of Working out in a Dress</t>
+  </si>
+  <si>
+    <t>Leevi Matias Rauhalahti</t>
+  </si>
+  <si>
+    <t>Saal (Pikk 20, Tallinn)</t>
   </si>
   <si>
     <t>Kanuti Gildi SAAL</t>
   </si>
   <si>
-    <t>Meistriklass</t>
-[...275 lines deleted...]
-    <t>Karttunen Kollektiv koostöös Zodiak - Center for New Dance</t>
+    <t>Unending love, or love dies, on repeat, like it´s endless</t>
+  </si>
+  <si>
+    <t>Alex Baczyński-Jenkins</t>
+  </si>
+  <si>
+    <t>Turu 8 spordihoone (Tartu linn, Tartu maakond)</t>
+  </si>
+  <si>
+    <t>Batty Bwoy</t>
+  </si>
+  <si>
+    <t>Harald Beharie</t>
+  </si>
+  <si>
+    <t>Knorringu aadlimaja (Tartu linn, Tartu maakond)</t>
+  </si>
+  <si>
+    <t>A Mouthful of Tongues</t>
+  </si>
+  <si>
+    <t>Stina Fors</t>
+  </si>
+  <si>
+    <t>Stina Fors, brut Wien</t>
+  </si>
+  <si>
+    <t>Yugen</t>
+  </si>
+  <si>
+    <t>Christine Bonansea Saulut, Chris Ziegler</t>
+  </si>
+  <si>
+    <t>.G Rito</t>
+  </si>
+  <si>
+    <t>Piny</t>
+  </si>
+  <si>
+    <t>Rakvere Teatri kinosaal (Kreutzwaldi 2a, Rakvere linn)</t>
+  </si>
+  <si>
+    <t>CBM 8032 AV</t>
+  </si>
+  <si>
+    <t>Robert Henke</t>
+  </si>
+  <si>
+    <t>veebikülastajad</t>
   </si>
   <si>
     <t>külastajad</t>
   </si>
   <si>
     <t>etendused</t>
   </si>
   <si>
     <t>esituspaik</t>
   </si>
   <si>
     <t>Etenduse korraldaja</t>
   </si>
   <si>
     <t>pealkiri</t>
   </si>
   <si>
     <t>autor</t>
   </si>
   <si>
     <t>Teater/ esineja</t>
   </si>
   <si>
     <t>RIIK</t>
   </si>
   <si>
     <t>Külalisteatrid Eestis</t>
   </si>
   <si>
-    <t>AASTAL 2015</t>
+    <t>AASTAL 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -1061,1731 +1061,2137 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H75"/>
+  <dimension ref="A1:I82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="H74" sqref="H74:H74"/>
+      <selection activeCell="I81" sqref="I81:I81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8">
+    <row r="1" spans="1:9">
       <c r="A1" s="6" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="2" spans="1:8">
+    <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="3" spans="1:8">
+    <row r="3" spans="1:9">
       <c r="A3" s="2" t="s">
         <v>214</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>211</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>208</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>207</v>
       </c>
-    </row>
-    <row r="4" spans="1:8">
+      <c r="I3" s="2" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="3"/>
       <c r="B4" s="3" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>205</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>204</v>
       </c>
       <c r="E4" s="3" t="s">
-        <v>188</v>
+        <v>2</v>
       </c>
       <c r="F4" s="3" t="s">
-        <v>132</v>
+        <v>203</v>
       </c>
       <c r="G4" s="4">
         <v>2</v>
       </c>
       <c r="H4" s="4">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:8">
+        <v>382</v>
+      </c>
+      <c r="I4" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="3"/>
       <c r="B5" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D5" s="2" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="G5" s="5">
         <v>1</v>
       </c>
       <c r="H5" s="5">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:8">
+        <v>169</v>
+      </c>
+      <c r="I5" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="3"/>
       <c r="B6" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="D6" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E6" s="2" t="s">
-        <v>188</v>
+        <v>102</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>192</v>
+        <v>48</v>
       </c>
       <c r="G6" s="5">
         <v>1</v>
       </c>
       <c r="H6" s="5">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:8">
+        <v>50</v>
+      </c>
+      <c r="I6" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="3"/>
       <c r="B7" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="E7" s="2"/>
       <c r="F7" s="2" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="G7" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H7" s="5">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:8">
+        <v>79</v>
+      </c>
+      <c r="I7" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="3"/>
       <c r="B8" s="2" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="E8" s="2"/>
       <c r="F8" s="2" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
       <c r="G8" s="5">
         <v>1</v>
       </c>
       <c r="H8" s="5">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:8">
+        <v>87</v>
+      </c>
+      <c r="I8" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="3"/>
       <c r="B9" s="2" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="E9" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="F9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G9" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H9" s="5">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:8">
+        <v>174</v>
+      </c>
+      <c r="I9" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="3"/>
       <c r="B10" s="2" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="E10" s="2"/>
       <c r="F10" s="2" t="s">
-        <v>192</v>
+        <v>48</v>
       </c>
       <c r="G10" s="5">
         <v>1</v>
       </c>
       <c r="H10" s="5">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:8">
+        <v>78</v>
+      </c>
+      <c r="I10" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="3"/>
       <c r="B11" s="2" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="E11" s="2"/>
       <c r="F11" s="2" t="s">
-        <v>187</v>
+        <v>48</v>
       </c>
       <c r="G11" s="5">
         <v>1</v>
       </c>
       <c r="H11" s="5">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:8">
+        <v>78</v>
+      </c>
+      <c r="I11" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="3"/>
       <c r="B12" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>180</v>
+        <v>102</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="G12" s="5">
         <v>1</v>
       </c>
       <c r="H12" s="5">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="I12" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="3"/>
       <c r="B13" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>180</v>
+        <v>102</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>179</v>
+        <v>101</v>
       </c>
       <c r="G13" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H13" s="5">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="I13" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="3"/>
       <c r="B14" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="D14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="2"/>
+      <c r="E14" s="2" t="s">
+        <v>102</v>
+      </c>
       <c r="F14" s="2" t="s">
-        <v>132</v>
+        <v>101</v>
       </c>
       <c r="G14" s="5">
         <v>1</v>
       </c>
       <c r="H14" s="5">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:8">
+        <v>103</v>
+      </c>
+      <c r="I14" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="3"/>
       <c r="B15" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="C15" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="2" t="s">
-        <v>154</v>
+        <v>102</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>56</v>
+        <v>153</v>
       </c>
       <c r="G15" s="5">
         <v>2</v>
       </c>
       <c r="H15" s="5">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:8">
+        <v>158</v>
+      </c>
+      <c r="I15" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="3"/>
       <c r="B16" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="C16" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G16" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H16" s="5">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:8">
+        <v>55</v>
+      </c>
+      <c r="I16" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="3"/>
       <c r="B17" s="2" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="D17" s="2" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>160</v>
+        <v>102</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="G17" s="5">
         <v>1</v>
       </c>
       <c r="H17" s="5">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:8">
+        <v>64</v>
+      </c>
+      <c r="I17" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="3"/>
       <c r="B18" s="2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>160</v>
+        <v>102</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>132</v>
+        <v>172</v>
       </c>
       <c r="G18" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H18" s="5">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:8">
+        <v>55</v>
+      </c>
+      <c r="I18" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="3"/>
       <c r="B19" s="2" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>160</v>
+        <v>102</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>132</v>
+        <v>48</v>
       </c>
       <c r="G19" s="5">
         <v>1</v>
       </c>
       <c r="H19" s="5">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:8">
+        <v>64</v>
+      </c>
+      <c r="I19" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="3"/>
       <c r="B20" s="2" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>154</v>
+        <v>102</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G20" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H20" s="5">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8">
+        <v>121</v>
+      </c>
+      <c r="I20" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="3"/>
       <c r="B21" s="2" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>154</v>
+        <v>102</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="G21" s="5">
         <v>1</v>
       </c>
       <c r="H21" s="5">
-        <v>340</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:8">
+        <v>78</v>
+      </c>
+      <c r="I21" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="3"/>
       <c r="B22" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="C22" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G22" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H22" s="5">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:8">
+        <v>33</v>
+      </c>
+      <c r="I22" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="3"/>
       <c r="B23" s="2" t="s">
-        <v>149</v>
+        <v>104</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>149</v>
+        <v>104</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
       <c r="G23" s="5">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H23" s="5">
-        <v>233</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:8">
+        <v>213</v>
+      </c>
+      <c r="I23" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="3"/>
       <c r="B24" s="2" t="s">
-        <v>147</v>
+        <v>104</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>146</v>
+        <v>104</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="E24" s="2"/>
+        <v>162</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>102</v>
+      </c>
       <c r="F24" s="2" t="s">
-        <v>126</v>
+        <v>101</v>
       </c>
       <c r="G24" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H24" s="5">
-        <v>1670</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:8">
+        <v>213</v>
+      </c>
+      <c r="I24" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="3"/>
       <c r="B25" s="2" t="s">
-        <v>144</v>
+        <v>161</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="E25" s="2"/>
+        <v>160</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>102</v>
+      </c>
       <c r="F25" s="2" t="s">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="G25" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H25" s="5">
-        <v>1300</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:8">
+        <v>213</v>
+      </c>
+      <c r="I25" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="3"/>
       <c r="B26" s="2" t="s">
-        <v>141</v>
+        <v>159</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="E26" s="2"/>
+        <v>158</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>102</v>
+      </c>
       <c r="F26" s="2" t="s">
-        <v>132</v>
+        <v>101</v>
       </c>
       <c r="G26" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H26" s="5">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:8">
+        <v>273</v>
+      </c>
+      <c r="I26" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="3"/>
       <c r="B27" s="2" t="s">
-        <v>138</v>
+        <v>157</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="E27" s="2"/>
+        <v>156</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>102</v>
+      </c>
       <c r="F27" s="2" t="s">
-        <v>126</v>
+        <v>48</v>
       </c>
       <c r="G27" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H27" s="5">
-        <v>1670</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:8">
+        <v>78</v>
+      </c>
+      <c r="I27" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="3"/>
       <c r="B28" s="2" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>134</v>
+        <v>155</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>133</v>
+        <v>154</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="G28" s="5">
         <v>1</v>
       </c>
       <c r="H28" s="5">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:8">
+        <v>27</v>
+      </c>
+      <c r="I28" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="3"/>
       <c r="B29" s="2" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="E29" s="2"/>
       <c r="F29" s="2" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="G29" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H29" s="5">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:8">
+        <v>43</v>
+      </c>
+      <c r="I29" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="3"/>
       <c r="B30" s="2" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>128</v>
+        <v>148</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>127</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="E30" s="2"/>
       <c r="F30" s="2" t="s">
-        <v>126</v>
+        <v>146</v>
       </c>
       <c r="G30" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H30" s="5">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:8">
+        <v>47</v>
+      </c>
+      <c r="I30" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="3"/>
       <c r="B31" s="2" t="s">
-        <v>125</v>
+        <v>145</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="E31" s="2"/>
       <c r="F31" s="2" t="s">
-        <v>80</v>
+        <v>135</v>
       </c>
       <c r="G31" s="5">
         <v>2</v>
       </c>
       <c r="H31" s="5">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:8">
+        <v>52</v>
+      </c>
+      <c r="I31" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="3"/>
       <c r="B32" s="2" t="s">
-        <v>123</v>
+        <v>142</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="E32" s="2"/>
       <c r="F32" s="2" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="G32" s="5">
         <v>2</v>
       </c>
       <c r="H32" s="5">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:8">
+        <v>86</v>
+      </c>
+      <c r="I32" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="3"/>
       <c r="B33" s="2" t="s">
-        <v>120</v>
+        <v>138</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>119</v>
+        <v>137</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="E33" s="2"/>
       <c r="F33" s="2" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="G33" s="5">
         <v>2</v>
       </c>
       <c r="H33" s="5">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:8">
+        <v>194</v>
+      </c>
+      <c r="I33" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="3"/>
       <c r="B34" s="2" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="E34" s="2"/>
       <c r="F34" s="2" t="s">
-        <v>112</v>
+        <v>129</v>
       </c>
       <c r="G34" s="5">
         <v>1</v>
       </c>
       <c r="H34" s="5">
-        <v>20</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:8">
+        <v>102</v>
+      </c>
+      <c r="I34" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="3"/>
       <c r="B35" s="2" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="E35" s="2"/>
       <c r="F35" s="2" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="G35" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H35" s="5">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:8">
+        <v>65</v>
+      </c>
+      <c r="I35" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="3"/>
       <c r="B36" s="2" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="E36" s="2"/>
       <c r="F36" s="2" t="s">
-        <v>83</v>
+        <v>118</v>
       </c>
       <c r="G36" s="5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H36" s="5">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:8">
+        <v>2676</v>
+      </c>
+      <c r="I36" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="3"/>
       <c r="B37" s="2" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2" t="s">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="G37" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H37" s="5">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:8">
+        <v>1412</v>
+      </c>
+      <c r="I37" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="3"/>
       <c r="B38" s="2" t="s">
-        <v>82</v>
+        <v>121</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>82</v>
+        <v>123</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2" t="s">
-        <v>100</v>
+        <v>118</v>
       </c>
       <c r="G38" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H38" s="5">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:8">
+        <v>1107</v>
+      </c>
+      <c r="I38" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="3"/>
       <c r="B39" s="2" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="E39" s="2"/>
       <c r="F39" s="2" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="G39" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H39" s="5">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:8">
+        <v>1644</v>
+      </c>
+      <c r="I39" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="3"/>
       <c r="B40" s="2" t="s">
-        <v>96</v>
+        <v>117</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2" t="s">
-        <v>64</v>
+        <v>115</v>
       </c>
       <c r="G40" s="5">
         <v>2</v>
       </c>
       <c r="H40" s="5">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:8">
+        <v>270</v>
+      </c>
+      <c r="I40" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="3"/>
       <c r="B41" s="2" t="s">
-        <v>93</v>
+        <v>114</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>92</v>
+        <v>113</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>91</v>
+        <v>112</v>
       </c>
       <c r="E41" s="2"/>
       <c r="F41" s="2" t="s">
-        <v>90</v>
+        <v>111</v>
       </c>
       <c r="G41" s="5">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H41" s="5">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:8">
+        <v>120</v>
+      </c>
+      <c r="I41" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="3"/>
       <c r="B42" s="2" t="s">
-        <v>89</v>
+        <v>110</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>88</v>
+        <v>109</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>87</v>
+        <v>108</v>
       </c>
       <c r="E42" s="2"/>
       <c r="F42" s="2" t="s">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="G42" s="5">
         <v>2</v>
       </c>
       <c r="H42" s="5">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:8">
+        <v>297</v>
+      </c>
+      <c r="I42" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="3"/>
       <c r="B43" s="2" t="s">
-        <v>86</v>
+        <v>106</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>84</v>
+        <v>105</v>
       </c>
       <c r="E43" s="2"/>
       <c r="F43" s="2" t="s">
-        <v>83</v>
+        <v>48</v>
       </c>
       <c r="G43" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H43" s="5">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:8">
+        <v>120</v>
+      </c>
+      <c r="I43" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="3"/>
       <c r="B44" s="2" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="E44" s="2"/>
+        <v>103</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>102</v>
+      </c>
       <c r="F44" s="2" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="G44" s="5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H44" s="5">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:8">
+        <v>213</v>
+      </c>
+      <c r="I44" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="3"/>
       <c r="B45" s="2" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>77</v>
+        <v>100</v>
       </c>
       <c r="E45" s="2"/>
       <c r="F45" s="2" t="s">
-        <v>67</v>
+        <v>99</v>
       </c>
       <c r="G45" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H45" s="5">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:8">
+        <v>58</v>
+      </c>
+      <c r="I45" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" s="3"/>
       <c r="B46" s="2" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="E46" s="2"/>
       <c r="F46" s="2" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="G46" s="5">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="H46" s="5">
-        <v>230</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I46" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="3"/>
       <c r="B47" s="2" t="s">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="E47" s="2"/>
       <c r="F47" s="2" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="G47" s="5">
         <v>2</v>
       </c>
       <c r="H47" s="5">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:8">
+        <v>21</v>
+      </c>
+      <c r="I47" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="3"/>
       <c r="B48" s="2" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="E48" s="2"/>
       <c r="F48" s="2" t="s">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="G48" s="5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H48" s="5">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:8">
+        <v>43</v>
+      </c>
+      <c r="I48" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" s="3"/>
       <c r="B49" s="2" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>65</v>
+        <v>92</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>33</v>
+        <v>91</v>
       </c>
       <c r="E49" s="2"/>
       <c r="F49" s="2" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="G49" s="5">
         <v>2</v>
       </c>
       <c r="H49" s="5">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:8">
+        <v>68</v>
+      </c>
+      <c r="I49" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
       <c r="A50" s="3"/>
       <c r="B50" s="2" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>61</v>
+        <v>89</v>
       </c>
       <c r="E50" s="2"/>
       <c r="F50" s="2" t="s">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="G50" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H50" s="5">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:8">
+        <v>12</v>
+      </c>
+      <c r="I50" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
       <c r="A51" s="3"/>
       <c r="B51" s="2" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>58</v>
+        <v>87</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>57</v>
+        <v>86</v>
       </c>
       <c r="E51" s="2"/>
       <c r="F51" s="2" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="G51" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H51" s="5">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I51" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
       <c r="A52" s="3"/>
       <c r="B52" s="2" t="s">
-        <v>51</v>
+        <v>85</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>55</v>
+        <v>84</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>54</v>
+        <v>83</v>
       </c>
       <c r="E52" s="2"/>
       <c r="F52" s="2" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G52" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H52" s="5">
-        <v>1982</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:8">
+        <v>57</v>
+      </c>
+      <c r="I52" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
       <c r="A53" s="3"/>
       <c r="B53" s="2" t="s">
-        <v>51</v>
+        <v>80</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="E53" s="2"/>
       <c r="F53" s="2" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="G53" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H53" s="5">
-        <v>2023</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:8">
+        <v>20</v>
+      </c>
+      <c r="I53" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
       <c r="A54" s="3"/>
       <c r="B54" s="2" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="E54" s="2"/>
       <c r="F54" s="2" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="G54" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H54" s="5">
-        <v>2078</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:8">
+        <v>1350</v>
+      </c>
+      <c r="I54" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
       <c r="A55" s="3"/>
       <c r="B55" s="2" t="s">
-        <v>48</v>
+        <v>78</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="D55" s="2" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="E55" s="2"/>
       <c r="F55" s="2" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="G55" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H55" s="5">
-        <v>2161</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:8">
+        <v>91</v>
+      </c>
+      <c r="I55" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
       <c r="A56" s="3"/>
       <c r="B56" s="2" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="E56" s="2"/>
       <c r="F56" s="2" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G56" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H56" s="5">
-        <v>1672</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:8">
+        <v>170</v>
+      </c>
+      <c r="I56" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
       <c r="A57" s="3"/>
       <c r="B57" s="2" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="E57" s="2"/>
       <c r="F57" s="2" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="G57" s="5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H57" s="5">
-        <v>1464</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:8">
+        <v>68</v>
+      </c>
+      <c r="I57" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
       <c r="A58" s="3"/>
       <c r="B58" s="2" t="s">
-        <v>42</v>
+        <v>69</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>41</v>
+        <v>68</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="E58" s="2"/>
       <c r="F58" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G58" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H58" s="5">
-        <v>726</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:8">
+        <v>19</v>
+      </c>
+      <c r="I58" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
       <c r="A59" s="3"/>
       <c r="B59" s="2" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="E59" s="2"/>
       <c r="F59" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G59" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H59" s="5">
-        <v>683</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:8">
+        <v>68</v>
+      </c>
+      <c r="I59" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
       <c r="A60" s="3"/>
       <c r="B60" s="2" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E60" s="2"/>
       <c r="F60" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="G60" s="5">
+        <v>3</v>
+      </c>
+      <c r="H60" s="5">
         <v>30</v>
       </c>
-      <c r="G60" s="5">
-[...6 lines deleted...]
-    <row r="61" spans="1:8">
+      <c r="I60" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
       <c r="A61" s="3"/>
       <c r="B61" s="2" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="E61" s="2"/>
       <c r="F61" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="G61" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H61" s="5">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:8">
+        <v>75</v>
+      </c>
+      <c r="I61" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
       <c r="A62" s="3"/>
       <c r="B62" s="2" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="E62" s="2"/>
       <c r="F62" s="2" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="G62" s="5">
         <v>1</v>
       </c>
       <c r="H62" s="5">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:8">
+        <v>90</v>
+      </c>
+      <c r="I62" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
       <c r="A63" s="3"/>
       <c r="B63" s="2" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="E63" s="2"/>
       <c r="F63" s="2" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G63" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H63" s="5">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:8">
+        <v>1350</v>
+      </c>
+      <c r="I63" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
       <c r="A64" s="3"/>
       <c r="B64" s="2" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="E64" s="2"/>
       <c r="F64" s="2" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="G64" s="5">
         <v>1</v>
       </c>
       <c r="H64" s="5">
-        <v>1062</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:8">
+        <v>20</v>
+      </c>
+      <c r="I64" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
       <c r="A65" s="3"/>
       <c r="B65" s="2" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="E65" s="2"/>
       <c r="F65" s="2" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="G65" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H65" s="5">
-        <v>1048</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:8">
+        <v>25</v>
+      </c>
+      <c r="I65" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
       <c r="A66" s="3"/>
       <c r="B66" s="2" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="E66" s="2"/>
       <c r="F66" s="2" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="G66" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H66" s="5">
-        <v>836</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:8">
+        <v>30</v>
+      </c>
+      <c r="I66" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
       <c r="A67" s="3"/>
       <c r="B67" s="2" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="E67" s="2"/>
       <c r="F67" s="2" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="G67" s="5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H67" s="5">
-        <v>683</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:8">
+        <v>25</v>
+      </c>
+      <c r="I67" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
       <c r="A68" s="3"/>
       <c r="B68" s="2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="E68" s="2"/>
       <c r="F68" s="2" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="G68" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H68" s="5">
-        <v>1398</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:8">
+        <v>65</v>
+      </c>
+      <c r="I68" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
       <c r="A69" s="3"/>
       <c r="B69" s="2" t="s">
-        <v>14</v>
+        <v>41</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="E69" s="2"/>
       <c r="F69" s="2" t="s">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="G69" s="5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H69" s="5">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:8">
+        <v>37</v>
+      </c>
+      <c r="I69" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
       <c r="A70" s="3"/>
       <c r="B70" s="2" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E70" s="2"/>
       <c r="F70" s="2" t="s">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="G70" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H70" s="5">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:8">
+        <v>1350</v>
+      </c>
+      <c r="I70" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
       <c r="A71" s="3"/>
       <c r="B71" s="2" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>3</v>
+        <v>35</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="E71" s="2"/>
       <c r="F71" s="2" t="s">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="G71" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H71" s="5">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:8">
+        <v>166</v>
+      </c>
+      <c r="I71" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
       <c r="A72" s="3"/>
       <c r="B72" s="2" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="E72" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="F72" s="2" t="s">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="G72" s="5">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="H72" s="5">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:8">
+        <v>59</v>
+      </c>
+      <c r="I72" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
       <c r="A73" s="3"/>
       <c r="B73" s="2" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E73" s="2"/>
+        <v>31</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="F73" s="2" t="s">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="G73" s="5">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="H73" s="5">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:8">
+        <v>61</v>
+      </c>
+      <c r="I73" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
       <c r="A74" s="3"/>
       <c r="B74" s="2" t="s">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E74" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="F74" s="2" t="s">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="G74" s="5">
         <v>1</v>
       </c>
       <c r="H74" s="5">
-        <v>70</v>
-[...10 lines deleted...]
-      <c r="F75" s="1"/>
+        <v>147</v>
+      </c>
+      <c r="I74" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" s="3"/>
+      <c r="B75" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="G75" s="5">
-        <v>122</v>
+        <v>23</v>
       </c>
       <c r="H75" s="5">
-        <v>30176</v>
+        <v>69</v>
+      </c>
+      <c r="I75" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" s="3"/>
+      <c r="B76" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="G76" s="5">
+        <v>2</v>
+      </c>
+      <c r="H76" s="5">
+        <v>206</v>
+      </c>
+      <c r="I76" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" s="3"/>
+      <c r="B77" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G77" s="5">
+        <v>2</v>
+      </c>
+      <c r="H77" s="5">
+        <v>285</v>
+      </c>
+      <c r="I77" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" s="3"/>
+      <c r="B78" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="5">
+        <v>2</v>
+      </c>
+      <c r="H78" s="5">
+        <v>296</v>
+      </c>
+      <c r="I78" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" s="3"/>
+      <c r="B79" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G79" s="5">
+        <v>2</v>
+      </c>
+      <c r="H79" s="5">
+        <v>458</v>
+      </c>
+      <c r="I79" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" s="3"/>
+      <c r="B80" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G80" s="5">
+        <v>2</v>
+      </c>
+      <c r="H80" s="5">
+        <v>503</v>
+      </c>
+      <c r="I80" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" s="3"/>
+      <c r="B81" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="G81" s="5">
+        <v>2</v>
+      </c>
+      <c r="H81" s="5">
+        <v>539</v>
+      </c>
+      <c r="I81" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B82" s="1"/>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="5">
+        <v>211</v>
+      </c>
+      <c r="H82" s="5">
+        <v>19517</v>
+      </c>
+      <c r="I82" s="5">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A75:F75"/>
+    <mergeCell ref="A82:F82"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">