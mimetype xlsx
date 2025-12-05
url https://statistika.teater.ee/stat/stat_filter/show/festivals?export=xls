--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,1217 +12,833 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="389">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>KOKKU</t>
   </si>
   <si>
-    <t>Vestlusring: Kuidas viib kväär kunsti edasi?</t>
+    <t>Õhupallid</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Must Kast</t>
+  </si>
+  <si>
+    <t>Teater Noorele Vaatajale 2015</t>
+  </si>
+  <si>
+    <t>Puur</t>
+  </si>
+  <si>
+    <t>Tsirkusekool</t>
+  </si>
+  <si>
+    <t>Merele!</t>
+  </si>
+  <si>
+    <t>Miksteater</t>
+  </si>
+  <si>
+    <t>KÄIK</t>
+  </si>
+  <si>
+    <t>Sõltumatu Tantsu Ühendus</t>
+  </si>
+  <si>
+    <t>Jookse, Jaagup, jookse</t>
+  </si>
+  <si>
+    <t>Tuuleveski</t>
+  </si>
+  <si>
+    <t>Gelsomiina tsirkus</t>
+  </si>
+  <si>
+    <t>NUKU teater</t>
+  </si>
+  <si>
+    <t>Elevant</t>
+  </si>
+  <si>
+    <t>Piip ja Tuut Teater</t>
+  </si>
+  <si>
+    <t>Aadam ja Eeva</t>
+  </si>
+  <si>
+    <t>VAT Teater</t>
+  </si>
+  <si>
+    <t>5 grammi sisemist rahu</t>
+  </si>
+  <si>
+    <t>Tantsud Eesti filmidest</t>
+  </si>
+  <si>
+    <t>Tallinna Tantsuteater</t>
+  </si>
+  <si>
+    <t>tARTuFFi etenduskunstide programm</t>
+  </si>
+  <si>
+    <t>Tanknaine. Laevatüdruk</t>
+  </si>
+  <si>
+    <t>Ma pole kunagi tahtnud surra lahingus</t>
+  </si>
+  <si>
+    <t>HTG trupp Lend 3.0.</t>
+  </si>
+  <si>
+    <t>Klapp</t>
+  </si>
+  <si>
+    <t>Improkaader</t>
+  </si>
+  <si>
+    <t>Improteater Impeerium</t>
+  </si>
+  <si>
+    <t>Topeltpilt</t>
+  </si>
+  <si>
+    <t>Peaesineja</t>
+  </si>
+  <si>
+    <t>WHS ja Sungsoo Ahn Pick-Up Group</t>
+  </si>
+  <si>
+    <t>Tallinn Treff Festival 2015</t>
+  </si>
+  <si>
+    <t>Üle vee</t>
+  </si>
+  <si>
+    <t>Programm kõigile</t>
+  </si>
+  <si>
+    <t>Vabatrupp</t>
+  </si>
+  <si>
+    <t>Vaata luulet</t>
+  </si>
+  <si>
+    <t>Jordi Bertrani kompanii</t>
+  </si>
+  <si>
+    <t>Tutu</t>
+  </si>
+  <si>
+    <t>Lichtbende</t>
+  </si>
+  <si>
+    <t>Tsirkus niitidel</t>
+  </si>
+  <si>
+    <t>Viktor Antonov</t>
+  </si>
+  <si>
+    <t>Sõnatud värsid</t>
+  </si>
+  <si>
+    <t>teater Kawasemi-za</t>
+  </si>
+  <si>
+    <t>Klõps</t>
+  </si>
+  <si>
+    <t>CinéMarionnettoGraphe des Fourmis</t>
+  </si>
+  <si>
+    <t>Extravaganza</t>
+  </si>
+  <si>
+    <t>Sõrmeteater</t>
+  </si>
+  <si>
+    <t>Canterville´i lossi vaim</t>
+  </si>
+  <si>
+    <t>Väljalõige</t>
+  </si>
+  <si>
+    <t>Programm täiskasvanutele</t>
+  </si>
+  <si>
+    <t>Yael Rasooly</t>
+  </si>
+  <si>
+    <t>Saun</t>
+  </si>
+  <si>
+    <t>Teater Metamorfoos</t>
+  </si>
+  <si>
+    <t>Rebitud</t>
+  </si>
+  <si>
+    <t>Faux Teater</t>
+  </si>
+  <si>
+    <t>Protsess</t>
+  </si>
+  <si>
+    <t>Maribori Nukuteater</t>
+  </si>
+  <si>
+    <t>Planeet Luvos</t>
+  </si>
+  <si>
+    <t>Editta Braun kompanii</t>
+  </si>
+  <si>
+    <t>NO47 Tüdruk, kes otsis oma vendi</t>
+  </si>
+  <si>
+    <t>Teater NO99</t>
+  </si>
+  <si>
+    <t>Kolmas</t>
+  </si>
+  <si>
+    <t>Irga Kompanii</t>
+  </si>
+  <si>
+    <t>Kas ma tohiks olla Mozart?</t>
+  </si>
+  <si>
+    <t>Vene Teater</t>
+  </si>
+  <si>
+    <t>Grammofon</t>
+  </si>
+  <si>
+    <t>Faust</t>
+  </si>
+  <si>
+    <t>1i</t>
+  </si>
+  <si>
+    <t>Võlupood</t>
+  </si>
+  <si>
+    <t>Programm lastele</t>
+  </si>
+  <si>
+    <t>Turlututu</t>
+  </si>
+  <si>
+    <t>Ljubljana Nukuteater</t>
+  </si>
+  <si>
+    <t>Lugu lambast, kes tuli taevast</t>
+  </si>
+  <si>
+    <t>Libereci Naiivne Teater</t>
+  </si>
+  <si>
+    <t>Viva Verdi</t>
+  </si>
+  <si>
+    <t>Balletto di Milano</t>
+  </si>
+  <si>
+    <t>Saaremaa Ooperipäevad 2015</t>
+  </si>
+  <si>
+    <t>Sevilla habemeajaja</t>
+  </si>
+  <si>
+    <t>Teatro di Milano</t>
+  </si>
+  <si>
+    <t>Rigoletto</t>
+  </si>
+  <si>
+    <t>Madama Butterfly</t>
+  </si>
+  <si>
+    <t>Lastegala</t>
+  </si>
+  <si>
+    <t>Üle-eestiline Noorte Sümfooniaorkester</t>
+  </si>
+  <si>
+    <t>Bella Italia</t>
+  </si>
+  <si>
+    <t>Saaremaa Ooperipäevad</t>
+  </si>
+  <si>
+    <t>Bastien ja Bastienne</t>
+  </si>
+  <si>
+    <t>Tallinna Muusikakeskkool</t>
+  </si>
+  <si>
+    <t>nothing`s for something</t>
+  </si>
+  <si>
+    <t>fieldworks vzw, Heine Avdal</t>
+  </si>
+  <si>
+    <t>SAAL Biennaal 2015</t>
+  </si>
+  <si>
+    <t>We Don´t Speak To Be Understood</t>
+  </si>
+  <si>
+    <t>CAMPO</t>
+  </si>
+  <si>
+    <t>Tähetund</t>
   </si>
   <si>
     <t>Kanuti Gildi SAAL</t>
   </si>
   <si>
-    <t>Ümberlülitus 2024</t>
-[...554 lines deleted...]
-    <t>Vestlusringid luulest</t>
+    <t>Twenty Looks or Paris is Burning at the Judson Church (S)</t>
+  </si>
+  <si>
+    <t>Trajal Harrell</t>
+  </si>
+  <si>
+    <t>Tuvi tee</t>
+  </si>
+  <si>
+    <t>The Best Sites of Tallinn</t>
+  </si>
+  <si>
+    <t>SuperamaX</t>
+  </si>
+  <si>
+    <t>Rising Matter</t>
+  </si>
+  <si>
+    <t>Partita 2</t>
+  </si>
+  <si>
+    <t>Anne Teresa De Keersmaeker</t>
+  </si>
+  <si>
+    <t>Meistriklass</t>
+  </si>
+  <si>
+    <t>TAO Dance Theatre</t>
+  </si>
+  <si>
+    <t>House Music</t>
+  </si>
+  <si>
+    <t>But I Know From Your Smile that I Did Some Harm, Poisoning the Rainbow For a While</t>
+  </si>
+  <si>
+    <t>Bergman in Uganda</t>
+  </si>
+  <si>
+    <t>Markus Öhrn</t>
+  </si>
+  <si>
+    <t>4 ja 5</t>
+  </si>
+  <si>
+    <t>TAO Dance Theater</t>
+  </si>
+  <si>
+    <t>Made in Estonia Maraton 2015</t>
+  </si>
+  <si>
+    <t>Made in Estonia MARATON 2015</t>
+  </si>
+  <si>
+    <t>Womb</t>
+  </si>
+  <si>
+    <t>Lars Schmidt</t>
+  </si>
+  <si>
+    <t>Lack of Art</t>
+  </si>
+  <si>
+    <t>Töö teistega</t>
+  </si>
+  <si>
+    <t>Kaja Kann ja Alissa Šnaider</t>
+  </si>
+  <si>
+    <t>Point of you</t>
+  </si>
+  <si>
+    <t>Kert &amp; Jacobe</t>
+  </si>
+  <si>
+    <t>Pigeon Diaries</t>
+  </si>
+  <si>
+    <t>SNDO Amsterdam</t>
+  </si>
+  <si>
+    <t>Oonõ</t>
+  </si>
+  <si>
+    <t>Lizeth Wolk ja Karita Tikka</t>
+  </si>
+  <si>
+    <t>NoLand</t>
+  </si>
+  <si>
+    <t>Maria Netti Nüganen</t>
+  </si>
+  <si>
+    <t>Kon t akt &amp; Kon t rast</t>
+  </si>
+  <si>
+    <t>Ireen Peegel</t>
+  </si>
+  <si>
+    <t>Intime</t>
+  </si>
+  <si>
+    <t>MAGO</t>
+  </si>
+  <si>
+    <t>Ahelad</t>
+  </si>
+  <si>
+    <t>Grete Gross</t>
+  </si>
+  <si>
+    <t>Onegin</t>
+  </si>
+  <si>
+    <t>Novosibirski teater Krasnõi Fakel</t>
+  </si>
+  <si>
+    <t>Kuldne Mask Eestis 2015</t>
+  </si>
+  <si>
+    <t>O-i. Hiline armastus</t>
+  </si>
+  <si>
+    <t>Krõmovi Draamakool ja Laboratoorium</t>
+  </si>
+  <si>
+    <t>Kõik me kaunid inimesed</t>
+  </si>
+  <si>
+    <t>Peterburi Lensoveti nim teater</t>
+  </si>
+  <si>
+    <t>Chaplin</t>
+  </si>
+  <si>
+    <t>Peterburi Muusikaline komöödiateater</t>
+  </si>
+  <si>
+    <t>Filmiprogramm</t>
+  </si>
+  <si>
+    <t>Jõhvi Balletifestival 2015</t>
+  </si>
+  <si>
+    <t>Reis Itaaliasse</t>
+  </si>
+  <si>
+    <t>Piirideta tants</t>
+  </si>
+  <si>
+    <t>Balleti kool</t>
+  </si>
+  <si>
+    <t>Šansoonid / Õhtu Raveliga...Boolero</t>
+  </si>
+  <si>
+    <t>Balleto di Milano</t>
+  </si>
+  <si>
+    <t>Metsikud mezzod</t>
+  </si>
+  <si>
+    <t>Eesti Kontsert</t>
+  </si>
+  <si>
+    <t>Eesti balletikoolid</t>
+  </si>
+  <si>
+    <t>Appi! Ooper!</t>
+  </si>
+  <si>
+    <t>Vanemuine</t>
+  </si>
+  <si>
+    <t>Wunderkammer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Do Not Adjust Your Stage </t>
+  </si>
+  <si>
+    <t>Improteatrite festival TILT</t>
+  </si>
+  <si>
+    <t>Tere! Halb lukk</t>
+  </si>
+  <si>
+    <t>Improssiivne; Kogu Moos</t>
+  </si>
+  <si>
+    <t>Sündinud Tallinnas XX sajandil...</t>
+  </si>
+  <si>
+    <t>Arena</t>
+  </si>
+  <si>
+    <t>Seistes püsti</t>
+  </si>
+  <si>
+    <t>Improgrupp Jaa!</t>
+  </si>
+  <si>
+    <t>Pärani avatud</t>
+  </si>
+  <si>
+    <t>JadaJada</t>
+  </si>
+  <si>
+    <t>Paarike igaühest</t>
+  </si>
+  <si>
+    <t>Improvisneyland</t>
+  </si>
+  <si>
+    <t>Muinaskangelane</t>
+  </si>
+  <si>
+    <t>Hüpe üle müüri</t>
+  </si>
+  <si>
+    <t>Barzha</t>
+  </si>
+  <si>
+    <t>Harold</t>
+  </si>
+  <si>
+    <t>Ruutu 10</t>
+  </si>
+  <si>
+    <t>Biograafia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">La Compagnie d’Improvisation EUX </t>
+  </si>
+  <si>
+    <t>Ajalugu mõjutuste all</t>
+  </si>
+  <si>
+    <t>Kevin Miller &amp; co</t>
+  </si>
+  <si>
+    <t>Three Left Hours (everybody´s piece)</t>
+  </si>
+  <si>
+    <t>draamamaa.weekend 2015</t>
+  </si>
+  <si>
+    <t>Obsession</t>
+  </si>
+  <si>
+    <t>NO44 Fantastika</t>
+  </si>
+  <si>
+    <t>NO43 Kõnts</t>
+  </si>
+  <si>
+    <t>Keegi ei räägi koeraga normaalselt</t>
+  </si>
+  <si>
+    <t>Von Krahli Teater</t>
+  </si>
+  <si>
+    <t>Kaota mu naine ära ehk kuidas minust sai mustkunstnik</t>
+  </si>
+  <si>
+    <t>Kinoteater</t>
+  </si>
+  <si>
+    <t>99 Words for Void</t>
+  </si>
+  <si>
+    <t>3 õde</t>
+  </si>
+  <si>
+    <t>Rakvere Teater</t>
+  </si>
+  <si>
+    <t>Selgroogupidikoos</t>
+  </si>
+  <si>
+    <t>Lisaprogramm</t>
+  </si>
+  <si>
+    <t>Tartu Uus Teater</t>
+  </si>
+  <si>
+    <t>Draama 2015</t>
+  </si>
+  <si>
+    <t>Mikiveri tagi</t>
+  </si>
+  <si>
+    <t>Hääled</t>
+  </si>
+  <si>
+    <t>Theatrum</t>
+  </si>
+  <si>
+    <t>Vaba Lava showcase</t>
+  </si>
+  <si>
+    <t>Helen Rekkor</t>
+  </si>
+  <si>
+    <t>fac! +do! +totum</t>
   </si>
   <si>
     <t>Vaba Lava</t>
   </si>
   <si>
-    <t>Poeesiapäevad 2024</t>
-[...344 lines deleted...]
-    <t>Teoreem</t>
+    <t>Seymour</t>
+  </si>
+  <si>
+    <t>R.A.A.A.M.</t>
+  </si>
+  <si>
+    <t>... and Blue</t>
+  </si>
+  <si>
+    <t>Fine5 Tantsuteater</t>
+  </si>
+  <si>
+    <t>Tzion</t>
+  </si>
+  <si>
+    <t>Uue Tantsu showcase</t>
+  </si>
+  <si>
+    <t>Rhythm is a Dancer</t>
+  </si>
+  <si>
+    <t>Püha öö</t>
+  </si>
+  <si>
+    <t>Vennas</t>
+  </si>
+  <si>
+    <t>Balti Teatri Foorum</t>
   </si>
   <si>
     <t>Eesti Draamateater</t>
   </si>
   <si>
-    <t>Reis metsa lõppu</t>
-[...215 lines deleted...]
-    <t>Veebikülastajaid</t>
+    <t>Varesele valu...</t>
+  </si>
+  <si>
+    <t>NO49 Tõde, mida ma olen igatsenud</t>
+  </si>
+  <si>
+    <t>Estoplast</t>
+  </si>
+  <si>
+    <t>XD</t>
+  </si>
+  <si>
+    <t>Kuraatoriprogramm</t>
+  </si>
+  <si>
+    <t>TLÜ koreograafia osakond</t>
+  </si>
+  <si>
+    <t>SUPERPOOLIK</t>
+  </si>
+  <si>
+    <t>TÜ Viljandi Kultuuriakadeemia</t>
+  </si>
+  <si>
+    <t>Romeo ja Julia</t>
+  </si>
+  <si>
+    <t>Pärismaalaste paaritumismängud</t>
+  </si>
+  <si>
+    <t>Teatrikoolid</t>
+  </si>
+  <si>
+    <t>Piiri peal ehk Nii me oleme</t>
+  </si>
+  <si>
+    <t>Pelleas ja Melisande</t>
+  </si>
+  <si>
+    <t>EMTA ooperistuudio</t>
+  </si>
+  <si>
+    <t>NO51 Mu naine vihastas</t>
+  </si>
+  <si>
+    <t>Mix-(Official Dance)</t>
+  </si>
+  <si>
+    <t>TÜ Viljandi Kultuurikadeemia</t>
+  </si>
+  <si>
+    <t>Las mehed kasvatavad vuntse</t>
+  </si>
+  <si>
+    <t>Kaua ma ootan ...</t>
+  </si>
+  <si>
+    <t>Kassett</t>
+  </si>
+  <si>
+    <t>EMTA lavakunstikool</t>
+  </si>
+  <si>
+    <t>Eneseväljendus/hoorus</t>
+  </si>
+  <si>
+    <t>Ekke Moor</t>
+  </si>
+  <si>
+    <t>Budapest</t>
+  </si>
+  <si>
+    <t>Ada ja Evald</t>
+  </si>
+  <si>
+    <t>... ja Sõna sai lihaks</t>
+  </si>
+  <si>
+    <t>Õpetaja Tammiku rehabiliteerimine</t>
+  </si>
+  <si>
+    <t>Aastaauhindade programm</t>
+  </si>
+  <si>
+    <t>formlessly yours</t>
+  </si>
+  <si>
+    <t>Mõtteaines</t>
+  </si>
+  <si>
+    <t>Keskmängustrateegia</t>
+  </si>
+  <si>
+    <t>Joobnud</t>
+  </si>
+  <si>
+    <t>Wonderland / Killer Pig</t>
+  </si>
+  <si>
+    <t>The Inbal Dance; LEV Dance Company</t>
+  </si>
+  <si>
+    <t>Birgitta Festival 2015</t>
+  </si>
+  <si>
+    <t>Sherezade, Polovetside tantsud</t>
+  </si>
+  <si>
+    <t>Natalia Satsi nim Moskava muusikateater</t>
+  </si>
+  <si>
+    <t>Passion of Broadway</t>
+  </si>
+  <si>
+    <t>Tallinna Filharmoonia</t>
+  </si>
+  <si>
+    <t>Orkestriproov</t>
+  </si>
+  <si>
+    <t>Natalia Satsi nimeline Moskva muusikateater</t>
+  </si>
+  <si>
+    <t>Loomine</t>
+  </si>
+  <si>
+    <t>Aida</t>
   </si>
   <si>
     <t>külastajaid</t>
   </si>
   <si>
     <t>etendusi</t>
   </si>
   <si>
     <t>pealkiri</t>
   </si>
   <si>
     <t>programm</t>
   </si>
   <si>
     <t>esineja</t>
   </si>
   <si>
     <t>festival</t>
   </si>
   <si>
     <t>Festivalid Eestis</t>
   </si>
   <si>
-    <t>AASTAL 2024</t>
+    <t>AASTAL 2015</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -1558,5452 +1174,3326 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G254"/>
+  <dimension ref="A1:F168"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="G253" sqref="G253:G253"/>
+      <selection activeCell="F167" sqref="F167:F167"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:6">
       <c r="A1" s="4" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:7">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
-        <v>386</v>
+        <v>258</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>385</v>
+        <v>257</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>384</v>
+        <v>256</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>383</v>
+        <v>255</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>382</v>
+        <v>254</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>381</v>
-[...5 lines deleted...]
-    <row r="4" spans="1:7">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>372</v>
+        <v>244</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="C4" s="3"/>
+        <v>153</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>3</v>
+      </c>
       <c r="D4" s="3" t="s">
-        <v>379</v>
+        <v>252</v>
       </c>
       <c r="E4" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F4" s="3">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="G4" s="3">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="E5" s="2">
+        <v>1</v>
+      </c>
+      <c r="F5" s="2">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="E6" s="2">
+        <v>1</v>
+      </c>
+      <c r="F6" s="2">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E7" s="2">
+        <v>1</v>
+      </c>
+      <c r="F7" s="2">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="E8" s="2">
+        <v>1</v>
+      </c>
+      <c r="F8" s="2">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="E9" s="2">
+        <v>1</v>
+      </c>
+      <c r="F9" s="2">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...14 lines deleted...]
-      <c r="F5" s="2">
+      <c r="B10" s="1"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="E10" s="2">
+        <v>6</v>
+      </c>
+      <c r="F10" s="2">
+        <v>6169</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="E11" s="2">
+        <v>1</v>
+      </c>
+      <c r="F11" s="2">
         <v>120</v>
       </c>
-      <c r="G5" s="2">
-[...125 lines deleted...]
-    <row r="12" spans="1:7">
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12" s="3" t="s">
-        <v>344</v>
+        <v>191</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="C12" s="2"/>
+        <v>187</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="D12" s="2" t="s">
-        <v>364</v>
+        <v>186</v>
       </c>
       <c r="E12" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F12" s="2">
-        <v>382</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:7">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13" s="3" t="s">
-        <v>344</v>
+        <v>191</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="C13" s="2"/>
+        <v>194</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="D13" s="2" t="s">
-        <v>362</v>
+        <v>241</v>
       </c>
       <c r="E13" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F13" s="2">
-        <v>458</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:7">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
       <c r="A14" s="3" t="s">
-        <v>344</v>
+        <v>191</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="C14" s="2"/>
+        <v>209</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="D14" s="2" t="s">
-        <v>314</v>
+        <v>240</v>
       </c>
       <c r="E14" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F14" s="2">
-        <v>169</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15" s="3" t="s">
-        <v>344</v>
+        <v>191</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="C15" s="2"/>
+        <v>190</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="D15" s="2" t="s">
-        <v>361</v>
+        <v>239</v>
       </c>
       <c r="E15" s="2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F15" s="2">
-        <v>301</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
       <c r="A16" s="3" t="s">
-        <v>344</v>
+        <v>191</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="C16" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="D16" s="2" t="s">
-        <v>360</v>
+        <v>101</v>
       </c>
       <c r="E16" s="2">
         <v>1</v>
       </c>
       <c r="F16" s="2">
-        <v>270</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
       <c r="A17" s="3" t="s">
-        <v>344</v>
+        <v>191</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="C17" s="2"/>
+        <v>209</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="D17" s="2" t="s">
-        <v>358</v>
+        <v>210</v>
       </c>
       <c r="E17" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F17" s="2">
-        <v>296</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
       <c r="A18" s="3" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-      <c r="C18" s="2"/>
+        <v>191</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="D18" s="2" t="s">
-        <v>357</v>
+        <v>238</v>
       </c>
       <c r="E18" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F18" s="2">
-        <v>280</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:7">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
       <c r="A19" s="3" t="s">
-        <v>344</v>
+        <v>191</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="C19" s="2"/>
+        <v>184</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="D19" s="2" t="s">
-        <v>355</v>
+        <v>236</v>
       </c>
       <c r="E19" s="2">
         <v>2</v>
       </c>
       <c r="F19" s="2">
-        <v>318</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
       <c r="A20" s="3" t="s">
-        <v>344</v>
+        <v>191</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E20" s="2">
+        <v>1</v>
+      </c>
+      <c r="F20" s="2">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="E21" s="2">
+        <v>1</v>
+      </c>
+      <c r="F21" s="2">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="E22" s="2">
+        <v>1</v>
+      </c>
+      <c r="F22" s="2">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="E23" s="2">
+        <v>1</v>
+      </c>
+      <c r="F23" s="2">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="E24" s="2">
+        <v>1</v>
+      </c>
+      <c r="F24" s="2">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="E25" s="2">
+        <v>1</v>
+      </c>
+      <c r="F25" s="2">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="E26" s="2">
+        <v>1</v>
+      </c>
+      <c r="F26" s="2">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="E27" s="2">
+        <v>1</v>
+      </c>
+      <c r="F27" s="2">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="E28" s="2">
+        <v>1</v>
+      </c>
+      <c r="F28" s="2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="E29" s="2">
+        <v>2</v>
+      </c>
+      <c r="F29" s="2">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="E30" s="2">
+        <v>1</v>
+      </c>
+      <c r="F30" s="2">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="E31" s="2">
+        <v>1</v>
+      </c>
+      <c r="F31" s="2">
         <v>354</v>
       </c>
-      <c r="C20" s="2"/>
-[...66 lines deleted...]
-      <c r="E23" s="2">
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="E32" s="2">
+        <v>11</v>
+      </c>
+      <c r="F32" s="2">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="E33" s="2">
+        <v>1</v>
+      </c>
+      <c r="F33" s="2">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="E34" s="2">
+        <v>1</v>
+      </c>
+      <c r="F34" s="2">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E35" s="2">
+        <v>1</v>
+      </c>
+      <c r="F35" s="2">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="D36" s="2">
+        <v>1987</v>
+      </c>
+      <c r="E36" s="2">
+        <v>1</v>
+      </c>
+      <c r="F36" s="2">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="E37" s="2">
+        <v>1</v>
+      </c>
+      <c r="F37" s="2">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="E38" s="2">
+        <v>1</v>
+      </c>
+      <c r="F38" s="2">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="E39" s="2">
+        <v>1</v>
+      </c>
+      <c r="F39" s="2">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="E40" s="2">
+        <v>1</v>
+      </c>
+      <c r="F40" s="2">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E41" s="2">
+        <v>1</v>
+      </c>
+      <c r="F41" s="2">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E42" s="2">
+        <v>1</v>
+      </c>
+      <c r="F42" s="2">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" s="2">
+        <v>1</v>
+      </c>
+      <c r="F43" s="2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="E44" s="2">
+        <v>1</v>
+      </c>
+      <c r="F44" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="E45" s="2">
+        <v>1</v>
+      </c>
+      <c r="F45" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="E46" s="2">
+        <v>1</v>
+      </c>
+      <c r="F46" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="E47" s="2">
+        <v>1</v>
+      </c>
+      <c r="F47" s="2">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="E48" s="2">
+        <v>1</v>
+      </c>
+      <c r="F48" s="2">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E49" s="2">
+        <v>1</v>
+      </c>
+      <c r="F49" s="2">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E50" s="2">
         <v>2</v>
       </c>
-      <c r="F23" s="2">
-[...17 lines deleted...]
-      <c r="E24" s="2">
+      <c r="F50" s="2">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D51" s="2">
+        <v>1987</v>
+      </c>
+      <c r="E51" s="2">
         <v>2</v>
       </c>
-      <c r="F24" s="2">
-[...327 lines deleted...]
-      <c r="F40" s="2">
+      <c r="F51" s="2">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="E52" s="2">
+        <v>1</v>
+      </c>
+      <c r="F52" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D53" s="2" t="s">
         <v>192</v>
-      </c>
-[...261 lines deleted...]
-        <v>310</v>
       </c>
       <c r="E53" s="2">
         <v>2</v>
       </c>
       <c r="F53" s="2">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="G53" s="2">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="E54" s="2">
+        <v>1</v>
+      </c>
+      <c r="F54" s="2">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="G54" s="2">
+      <c r="B55" s="1"/>
+      <c r="C55" s="1"/>
+      <c r="D55" s="1"/>
+      <c r="E55" s="2">
+        <v>62</v>
+      </c>
+      <c r="F55" s="2">
+        <v>5160</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E56" s="2">
+        <v>1</v>
+      </c>
+      <c r="F56" s="2">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="E57" s="2">
+        <v>1</v>
+      </c>
+      <c r="F57" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E58" s="2">
+        <v>1</v>
+      </c>
+      <c r="F58" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="E59" s="2">
+        <v>1</v>
+      </c>
+      <c r="F59" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="E60" s="2">
+        <v>1</v>
+      </c>
+      <c r="F60" s="2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="E61" s="2">
+        <v>1</v>
+      </c>
+      <c r="F61" s="2">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="E62" s="2">
+        <v>1</v>
+      </c>
+      <c r="F62" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="E63" s="2">
+        <v>1</v>
+      </c>
+      <c r="F63" s="2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="E64" s="2">
+        <v>1</v>
+      </c>
+      <c r="F64" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="E55" s="2">
+      <c r="B65" s="1"/>
+      <c r="C65" s="1"/>
+      <c r="D65" s="1"/>
+      <c r="E65" s="2">
+        <v>9</v>
+      </c>
+      <c r="F65" s="2">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="E66" s="2">
+        <v>1</v>
+      </c>
+      <c r="F66" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="E67" s="2">
+        <v>1</v>
+      </c>
+      <c r="F67" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="E68" s="2">
+        <v>1</v>
+      </c>
+      <c r="F68" s="2">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="E69" s="2">
+        <v>1</v>
+      </c>
+      <c r="F69" s="2">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="E70" s="2">
+        <v>1</v>
+      </c>
+      <c r="F70" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="E71" s="2">
+        <v>1</v>
+      </c>
+      <c r="F71" s="2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E72" s="2">
+        <v>1</v>
+      </c>
+      <c r="F72" s="2">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="E73" s="2">
+        <v>1</v>
+      </c>
+      <c r="F73" s="2">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E74" s="2">
+        <v>1</v>
+      </c>
+      <c r="F74" s="2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E75" s="2">
+        <v>1</v>
+      </c>
+      <c r="F75" s="2">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E76" s="2">
+        <v>1</v>
+      </c>
+      <c r="F76" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B77" s="1"/>
+      <c r="C77" s="1"/>
+      <c r="D77" s="1"/>
+      <c r="E77" s="2">
+        <v>11</v>
+      </c>
+      <c r="F77" s="2">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="E78" s="2">
+        <v>1</v>
+      </c>
+      <c r="F78" s="2">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E79" s="2">
+        <v>1</v>
+      </c>
+      <c r="F79" s="2">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E80" s="2">
+        <v>1</v>
+      </c>
+      <c r="F80" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E81" s="2">
+        <v>1</v>
+      </c>
+      <c r="F81" s="2">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E82" s="2">
+        <v>1</v>
+      </c>
+      <c r="F82" s="2">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="E83" s="2">
+        <v>1</v>
+      </c>
+      <c r="F83" s="2">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="E84" s="2">
+        <v>1</v>
+      </c>
+      <c r="F84" s="2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="E85" s="2">
+        <v>1</v>
+      </c>
+      <c r="F85" s="2">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E86" s="2">
+        <v>1</v>
+      </c>
+      <c r="F86" s="2">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B87" s="1"/>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="2">
+        <v>9</v>
+      </c>
+      <c r="F87" s="2">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E88" s="2">
         <v>2</v>
       </c>
-      <c r="F55" s="2">
-[...2 lines deleted...]
-      <c r="G55" s="2">
+      <c r="F88" s="2">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="E89" s="2">
+        <v>2</v>
+      </c>
+      <c r="F89" s="2">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="E90" s="2">
+        <v>2</v>
+      </c>
+      <c r="F90" s="2">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E91" s="2">
+        <v>2</v>
+      </c>
+      <c r="F91" s="2">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="G56" s="2">
+      <c r="B92" s="1"/>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="2">
+        <v>8</v>
+      </c>
+      <c r="F92" s="2">
+        <v>5170</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E93" s="2">
+        <v>1</v>
+      </c>
+      <c r="F93" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E94" s="2">
+        <v>1</v>
+      </c>
+      <c r="F94" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="E95" s="2">
+        <v>1</v>
+      </c>
+      <c r="F95" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="E96" s="2">
+        <v>1</v>
+      </c>
+      <c r="F96" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E97" s="2">
+        <v>1</v>
+      </c>
+      <c r="F97" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E98" s="2">
+        <v>1</v>
+      </c>
+      <c r="F98" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="E99" s="2">
+        <v>1</v>
+      </c>
+      <c r="F99" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E100" s="2">
+        <v>1</v>
+      </c>
+      <c r="F100" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E101" s="2">
+        <v>1</v>
+      </c>
+      <c r="F101" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="G57" s="2">
+      <c r="B102" s="1"/>
+      <c r="C102" s="1"/>
+      <c r="D102" s="1"/>
+      <c r="E102" s="2">
+        <v>9</v>
+      </c>
+      <c r="F102" s="2">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="E103" s="2">
+        <v>1</v>
+      </c>
+      <c r="F103" s="2">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...240 lines deleted...]
-      <c r="F68" s="2">
+      <c r="B104" s="1"/>
+      <c r="C104" s="1"/>
+      <c r="D104" s="1"/>
+      <c r="E104" s="2">
+        <v>1</v>
+      </c>
+      <c r="F104" s="2">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B105" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="G68" s="2">
-[...632 lines deleted...]
-      <c r="F96" s="2">
+      <c r="C105" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E105" s="2">
+        <v>1</v>
+      </c>
+      <c r="F105" s="2">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E106" s="2">
+        <v>3</v>
+      </c>
+      <c r="F106" s="2">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D107" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="G96" s="2">
-[...237 lines deleted...]
-      </c>
       <c r="E107" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F107" s="2">
-        <v>215</v>
-[...5 lines deleted...]
-    <row r="108" spans="1:7">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
       <c r="A108" s="3" t="s">
-        <v>241</v>
+        <v>91</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C108" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D108" s="2" t="s">
-        <v>249</v>
+        <v>106</v>
       </c>
       <c r="E108" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F108" s="2">
-        <v>120</v>
-[...5 lines deleted...]
-    <row r="109" spans="1:7">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
       <c r="A109" s="3" t="s">
-        <v>241</v>
+        <v>91</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C109" s="2"/>
+        <v>105</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D109" s="2" t="s">
-        <v>248</v>
+        <v>104</v>
       </c>
       <c r="E109" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F109" s="2">
-        <v>150</v>
-[...5 lines deleted...]
-    <row r="110" spans="1:7">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
       <c r="A110" s="3" t="s">
-        <v>241</v>
+        <v>91</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C110" s="2"/>
+        <v>103</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D110" s="2" t="s">
-        <v>247</v>
+        <v>102</v>
       </c>
       <c r="E110" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F110" s="2">
-        <v>215</v>
-[...5 lines deleted...]
-    <row r="111" spans="1:7">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
       <c r="A111" s="3" t="s">
-        <v>241</v>
+        <v>91</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C111" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D111" s="2" t="s">
-        <v>246</v>
+        <v>101</v>
       </c>
       <c r="E111" s="2">
         <v>2</v>
       </c>
       <c r="F111" s="2">
-        <v>215</v>
-[...5 lines deleted...]
-    <row r="112" spans="1:7">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
       <c r="A112" s="3" t="s">
-        <v>241</v>
+        <v>91</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C112" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D112" s="2" t="s">
-        <v>245</v>
+        <v>100</v>
       </c>
       <c r="E112" s="2">
         <v>2</v>
       </c>
       <c r="F112" s="2">
-        <v>100</v>
-[...5 lines deleted...]
-    <row r="113" spans="1:7">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
       <c r="A113" s="3" t="s">
-        <v>241</v>
+        <v>91</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C113" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D113" s="2" t="s">
-        <v>244</v>
+        <v>99</v>
       </c>
       <c r="E113" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F113" s="2">
-        <v>150</v>
-[...5 lines deleted...]
-    <row r="114" spans="1:7">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
       <c r="A114" s="3" t="s">
-        <v>241</v>
+        <v>91</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C114" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D114" s="2" t="s">
-        <v>243</v>
+        <v>98</v>
       </c>
       <c r="E114" s="2">
         <v>2</v>
       </c>
       <c r="F114" s="2">
-        <v>175</v>
-[...5 lines deleted...]
-    <row r="115" spans="1:7">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
       <c r="A115" s="3" t="s">
-        <v>241</v>
+        <v>91</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C115" s="2"/>
+        <v>97</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D115" s="2" t="s">
-        <v>242</v>
+        <v>96</v>
       </c>
       <c r="E115" s="2">
         <v>2</v>
       </c>
       <c r="F115" s="2">
-        <v>120</v>
-[...5 lines deleted...]
-    <row r="116" spans="1:7">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
       <c r="A116" s="3" t="s">
-        <v>241</v>
+        <v>91</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="C116" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D116" s="2" t="s">
-        <v>239</v>
+        <v>94</v>
       </c>
       <c r="E116" s="2">
         <v>2</v>
       </c>
       <c r="F116" s="2">
-        <v>270</v>
-[...11 lines deleted...]
-      <c r="D117" s="1"/>
+        <v>88</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>92</v>
+      </c>
       <c r="E117" s="2">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F117" s="2">
-        <v>1730</v>
-[...5 lines deleted...]
-    <row r="118" spans="1:7">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
       <c r="A118" s="3" t="s">
-        <v>238</v>
+        <v>91</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="C118" s="2"/>
+        <v>90</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>3</v>
+      </c>
       <c r="D118" s="2" t="s">
-        <v>238</v>
+        <v>89</v>
       </c>
       <c r="E118" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F118" s="2">
-        <v>280</v>
-[...5 lines deleted...]
-    <row r="119" spans="1:7">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
       <c r="A119" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B119" s="1"/>
       <c r="C119" s="1"/>
       <c r="D119" s="1"/>
       <c r="E119" s="2">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="F119" s="2">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="G119" s="2">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B120" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E120" s="2">
+        <v>1</v>
+      </c>
+      <c r="F120" s="2">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B121" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E121" s="2">
+        <v>1</v>
+      </c>
+      <c r="F121" s="2">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B122" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E122" s="2">
+        <v>1</v>
+      </c>
+      <c r="F122" s="2">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B123" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C123" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D123" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E123" s="2">
+        <v>1</v>
+      </c>
+      <c r="F123" s="2">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C124" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E124" s="2">
+        <v>1</v>
+      </c>
+      <c r="F124" s="2">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B125" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="E125" s="2">
+        <v>1</v>
+      </c>
+      <c r="F125" s="2">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B126" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E126" s="2">
+        <v>1</v>
+      </c>
+      <c r="F126" s="2">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="E120" s="2">
+      <c r="B127" s="1"/>
+      <c r="C127" s="1"/>
+      <c r="D127" s="1"/>
+      <c r="E127" s="2">
+        <v>7</v>
+      </c>
+      <c r="F127" s="2">
+        <v>11575</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B128" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E128" s="2">
+        <v>3</v>
+      </c>
+      <c r="F128" s="2">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B129" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E129" s="2">
         <v>2</v>
       </c>
-      <c r="F120" s="2">
-[...187 lines deleted...]
-      </c>
       <c r="F129" s="2">
-        <v>152</v>
-[...5 lines deleted...]
-    <row r="130" spans="1:7">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
       <c r="A130" s="3" t="s">
-        <v>205</v>
+        <v>33</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="C130" s="2"/>
+        <v>15</v>
+      </c>
+      <c r="C130" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="D130" s="2" t="s">
-        <v>218</v>
+        <v>70</v>
       </c>
       <c r="E130" s="2">
         <v>2</v>
       </c>
       <c r="F130" s="2">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B131" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E131" s="2">
+        <v>2</v>
+      </c>
+      <c r="F131" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B132" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C132" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E132" s="2">
+        <v>1</v>
+      </c>
+      <c r="F132" s="2">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B133" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E133" s="2">
+        <v>2</v>
+      </c>
+      <c r="F133" s="2">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B134" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C134" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D134" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="G130" s="2">
-[...35 lines deleted...]
-      <c r="E132" s="2">
+      <c r="E134" s="2">
+        <v>1</v>
+      </c>
+      <c r="F134" s="2">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C135" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E135" s="2">
         <v>2</v>
       </c>
-      <c r="F132" s="2">
-[...61 lines deleted...]
-      </c>
       <c r="F135" s="2">
-        <v>142</v>
-[...5 lines deleted...]
-    <row r="136" spans="1:7">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
       <c r="A136" s="3" t="s">
-        <v>205</v>
+        <v>33</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="C136" s="2"/>
+        <v>62</v>
+      </c>
+      <c r="C136" s="2" t="s">
+        <v>51</v>
+      </c>
       <c r="D136" s="2" t="s">
-        <v>206</v>
+        <v>61</v>
       </c>
       <c r="E136" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F136" s="2">
-        <v>52</v>
-[...5 lines deleted...]
-    <row r="137" spans="1:7">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
       <c r="A137" s="3" t="s">
-        <v>205</v>
+        <v>33</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>204</v>
+        <v>60</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>163</v>
+        <v>51</v>
       </c>
       <c r="D137" s="2" t="s">
-        <v>203</v>
+        <v>59</v>
       </c>
       <c r="E137" s="2">
         <v>2</v>
       </c>
       <c r="F137" s="2">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="G137" s="2">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C138" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D138" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E138" s="2">
+        <v>4</v>
+      </c>
+      <c r="F138" s="2">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B139" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C139" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D139" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E139" s="2">
+        <v>2</v>
+      </c>
+      <c r="F139" s="2">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E140" s="2">
+        <v>2</v>
+      </c>
+      <c r="F140" s="2">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E141" s="2">
+        <v>2</v>
+      </c>
+      <c r="F141" s="2">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B142" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D142" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E142" s="2">
+        <v>1</v>
+      </c>
+      <c r="F142" s="2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E143" s="2">
+        <v>3</v>
+      </c>
+      <c r="F143" s="2">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C144" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D144" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E144" s="2">
+        <v>16</v>
+      </c>
+      <c r="F144" s="2">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B145" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E145" s="2">
+        <v>2</v>
+      </c>
+      <c r="F145" s="2">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B146" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E146" s="2">
+        <v>2</v>
+      </c>
+      <c r="F146" s="2">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B147" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E147" s="2">
+        <v>2</v>
+      </c>
+      <c r="F147" s="2">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B148" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C148" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E148" s="2">
+        <v>1</v>
+      </c>
+      <c r="F148" s="2">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B149" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C149" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E149" s="2">
+        <v>1</v>
+      </c>
+      <c r="F149" s="2">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B150" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E150" s="2">
+        <v>1</v>
+      </c>
+      <c r="F150" s="2">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A138" s="2" t="s">
+      <c r="B151" s="1"/>
+      <c r="C151" s="1"/>
+      <c r="D151" s="1"/>
+      <c r="E151" s="2">
+        <v>57</v>
+      </c>
+      <c r="F151" s="2">
+        <v>2769</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B152" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C152" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E152" s="2">
+        <v>1</v>
+      </c>
+      <c r="F152" s="2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B153" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E153" s="2">
+        <v>1</v>
+      </c>
+      <c r="F153" s="2">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B154" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C154" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E154" s="2">
+        <v>1</v>
+      </c>
+      <c r="F154" s="2">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B155" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E155" s="2">
+        <v>1</v>
+      </c>
+      <c r="F155" s="2">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B156" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E156" s="2">
+        <v>2</v>
+      </c>
+      <c r="F156" s="2">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B138" s="1"/>
-[...8 lines deleted...]
-      <c r="G138" s="2">
+      <c r="B157" s="1"/>
+      <c r="C157" s="1"/>
+      <c r="D157" s="1"/>
+      <c r="E157" s="2">
+        <v>6</v>
+      </c>
+      <c r="F157" s="2">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B158" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" s="2">
+        <v>1</v>
+      </c>
+      <c r="F158" s="2">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B159" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E159" s="2">
+        <v>1</v>
+      </c>
+      <c r="F159" s="2">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B160" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="E160" s="2">
+        <v>1</v>
+      </c>
+      <c r="F160" s="2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B161" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E161" s="2">
+        <v>1</v>
+      </c>
+      <c r="F161" s="2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B162" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E162" s="2">
+        <v>1</v>
+      </c>
+      <c r="F162" s="2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B163" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C163" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D163" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E163" s="2">
+        <v>1</v>
+      </c>
+      <c r="F163" s="2">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B164" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D164" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E164" s="2">
+        <v>1</v>
+      </c>
+      <c r="F164" s="2">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B165" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="E165" s="2">
+        <v>1</v>
+      </c>
+      <c r="F165" s="2">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B166" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E166" s="2">
+        <v>1</v>
+      </c>
+      <c r="F166" s="2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...17 lines deleted...]
-      <c r="G139" s="2">
+      <c r="B167" s="1"/>
+      <c r="C167" s="1"/>
+      <c r="D167" s="1"/>
+      <c r="E167" s="2">
+        <v>9</v>
+      </c>
+      <c r="F167" s="2">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B168" s="2" t="s">
         <v>0</v>
       </c>
-    </row>
-[...594 lines deleted...]
-      </c>
+      <c r="C168" s="1"/>
+      <c r="D168" s="1"/>
       <c r="E168" s="2">
-        <v>1</v>
+        <v>222</v>
       </c>
       <c r="F168" s="2">
-        <v>213</v>
-[...1828 lines deleted...]
-        <v>257</v>
+        <v>39590</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A9:D9"/>
-[...6 lines deleted...]
-    <mergeCell ref="A117:D117"/>
+    <mergeCell ref="A10:D10"/>
+    <mergeCell ref="A55:D55"/>
+    <mergeCell ref="A65:D65"/>
+    <mergeCell ref="A77:D77"/>
+    <mergeCell ref="A87:D87"/>
+    <mergeCell ref="A92:D92"/>
+    <mergeCell ref="A102:D102"/>
+    <mergeCell ref="A104:D104"/>
     <mergeCell ref="A119:D119"/>
-    <mergeCell ref="A138:D138"/>
-[...7 lines deleted...]
-    <mergeCell ref="B254:D254"/>
+    <mergeCell ref="A127:D127"/>
+    <mergeCell ref="A151:D151"/>
+    <mergeCell ref="A157:D157"/>
+    <mergeCell ref="A167:D167"/>
+    <mergeCell ref="B168:D168"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">