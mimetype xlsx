--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -317,51 +317,51 @@
   <si>
     <t>mitmeliigilavastus</t>
   </si>
   <si>
     <t>tsirkus</t>
   </si>
   <si>
     <t>Nuku- ja objektiteater</t>
   </si>
   <si>
     <t>tantsulavastus</t>
   </si>
   <si>
     <t>muusikalavastus</t>
   </si>
   <si>
     <t>sõnalavastus</t>
   </si>
   <si>
     <t>TEATER</t>
   </si>
   <si>
     <t>Muutused etenduste arvus ja piletimüügis</t>
   </si>
   <si>
-    <t>AASTAL 2015</t>
+    <t>AASTAL 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="6"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -842,211 +842,211 @@
       </c>
       <c r="Q4" s="3" t="s">
         <v>92</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>91</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5" s="3" t="s">
         <v>89</v>
       </c>
       <c r="B5" s="2">
         <v>0</v>
       </c>
       <c r="C5" s="2">
         <v>0</v>
       </c>
       <c r="D5" s="2">
         <v>0</v>
       </c>
       <c r="E5" s="2">
-        <v>140</v>
+        <v>117</v>
       </c>
       <c r="F5" s="2">
-        <v>85259</v>
+        <v>73019</v>
       </c>
       <c r="G5" s="2">
-        <v>85259</v>
+        <v>73019</v>
       </c>
       <c r="H5" s="2">
-        <v>84</v>
+        <v>118</v>
       </c>
       <c r="I5" s="2">
-        <v>63670</v>
+        <v>62411</v>
       </c>
       <c r="J5" s="2">
-        <v>49883</v>
+        <v>62411</v>
       </c>
       <c r="K5" s="2">
         <v>0</v>
       </c>
       <c r="L5" s="2">
         <v>0</v>
       </c>
       <c r="M5" s="2">
         <v>0</v>
       </c>
       <c r="N5" s="2">
         <v>0</v>
       </c>
       <c r="O5" s="2">
         <v>0</v>
       </c>
       <c r="P5" s="2">
         <v>0</v>
       </c>
       <c r="Q5" s="2">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="R5" s="2">
-        <v>4728</v>
+        <v>1607</v>
       </c>
       <c r="S5" s="2">
-        <v>4728</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="3" t="s">
         <v>88</v>
       </c>
       <c r="B6" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="C6" s="2">
-        <v>0</v>
+        <v>712</v>
       </c>
       <c r="D6" s="2">
         <v>0</v>
       </c>
       <c r="E6" s="2">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F6" s="2">
-        <v>0</v>
+        <v>1187</v>
       </c>
       <c r="G6" s="2">
         <v>0</v>
       </c>
       <c r="H6" s="2">
         <v>0</v>
       </c>
       <c r="I6" s="2">
         <v>0</v>
       </c>
       <c r="J6" s="2">
         <v>0</v>
       </c>
       <c r="K6" s="2">
         <v>0</v>
       </c>
       <c r="L6" s="2">
         <v>0</v>
       </c>
       <c r="M6" s="2">
         <v>0</v>
       </c>
       <c r="N6" s="2">
         <v>0</v>
       </c>
       <c r="O6" s="2">
         <v>0</v>
       </c>
       <c r="P6" s="2">
         <v>0</v>
       </c>
       <c r="Q6" s="2">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="R6" s="2">
-        <v>0</v>
+        <v>2863</v>
       </c>
       <c r="S6" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="3" t="s">
         <v>87</v>
       </c>
       <c r="B7" s="2">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="C7" s="2">
-        <v>72178</v>
+        <v>75948</v>
       </c>
       <c r="D7" s="2">
-        <v>67178</v>
+        <v>72735</v>
       </c>
       <c r="E7" s="2">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F7" s="2">
-        <v>0</v>
+        <v>4157</v>
       </c>
       <c r="G7" s="2">
-        <v>0</v>
+        <v>3943</v>
       </c>
       <c r="H7" s="2">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="I7" s="2">
-        <v>2250</v>
+        <v>0</v>
       </c>
       <c r="J7" s="2">
-        <v>1935</v>
+        <v>0</v>
       </c>
       <c r="K7" s="2">
         <v>0</v>
       </c>
       <c r="L7" s="2">
         <v>0</v>
       </c>
       <c r="M7" s="2">
         <v>0</v>
       </c>
       <c r="N7" s="2">
         <v>0</v>
       </c>
       <c r="O7" s="2">
         <v>0</v>
       </c>
       <c r="P7" s="2">
         <v>0</v>
       </c>
       <c r="Q7" s="2">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="R7" s="2">
-        <v>5217</v>
+        <v>1871</v>
       </c>
       <c r="S7" s="2">
-        <v>4757</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B8" s="2">
         <v>0</v>
       </c>
       <c r="C8" s="2">
         <v>0</v>
       </c>
       <c r="D8" s="2">
         <v>0</v>
       </c>
       <c r="E8" s="2">
         <v>0</v>
       </c>
       <c r="F8" s="2">
         <v>0</v>
       </c>
       <c r="G8" s="2">
         <v>0</v>
       </c>
       <c r="H8" s="2">
@@ -1069,588 +1069,588 @@
       </c>
       <c r="N8" s="2">
         <v>0</v>
       </c>
       <c r="O8" s="2">
         <v>0</v>
       </c>
       <c r="P8" s="2">
         <v>0</v>
       </c>
       <c r="Q8" s="2">
         <v>0</v>
       </c>
       <c r="R8" s="2">
         <v>0</v>
       </c>
       <c r="S8" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="3" t="s">
         <v>85</v>
       </c>
       <c r="B9" s="2">
-        <v>501</v>
+        <v>445</v>
       </c>
       <c r="C9" s="2">
-        <v>107689</v>
+        <v>102763</v>
       </c>
       <c r="D9" s="2">
-        <v>106364</v>
+        <v>102521</v>
       </c>
       <c r="E9" s="2">
         <v>0</v>
       </c>
       <c r="F9" s="2">
         <v>0</v>
       </c>
       <c r="G9" s="2">
         <v>0</v>
       </c>
       <c r="H9" s="2">
         <v>0</v>
       </c>
       <c r="I9" s="2">
         <v>0</v>
       </c>
       <c r="J9" s="2">
         <v>0</v>
       </c>
       <c r="K9" s="2">
         <v>0</v>
       </c>
       <c r="L9" s="2">
         <v>0</v>
       </c>
       <c r="M9" s="2">
         <v>0</v>
       </c>
       <c r="N9" s="2">
         <v>0</v>
       </c>
       <c r="O9" s="2">
         <v>0</v>
       </c>
       <c r="P9" s="2">
         <v>0</v>
       </c>
       <c r="Q9" s="2">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="R9" s="2">
-        <v>0</v>
+        <v>18555</v>
       </c>
       <c r="S9" s="2">
-        <v>0</v>
+        <v>17604</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="3" t="s">
         <v>84</v>
       </c>
       <c r="B10" s="2">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="C10" s="2">
-        <v>25667</v>
+        <v>25015</v>
       </c>
       <c r="D10" s="2">
-        <v>23880</v>
+        <v>22574</v>
       </c>
       <c r="E10" s="2">
         <v>0</v>
       </c>
       <c r="F10" s="2">
         <v>0</v>
       </c>
       <c r="G10" s="2">
         <v>0</v>
       </c>
       <c r="H10" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I10" s="2">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="J10" s="2">
         <v>0</v>
       </c>
       <c r="K10" s="2">
-        <v>481</v>
+        <v>259</v>
       </c>
       <c r="L10" s="2">
-        <v>43605</v>
+        <v>28404</v>
       </c>
       <c r="M10" s="2">
-        <v>40895</v>
+        <v>26247</v>
       </c>
       <c r="N10" s="2">
         <v>0</v>
       </c>
       <c r="O10" s="2">
         <v>0</v>
       </c>
       <c r="P10" s="2">
         <v>0</v>
       </c>
       <c r="Q10" s="2">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="R10" s="2">
-        <v>1762</v>
+        <v>18273</v>
       </c>
       <c r="S10" s="2">
-        <v>1191</v>
+        <v>16266</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="3" t="s">
         <v>83</v>
       </c>
       <c r="B11" s="2">
-        <v>270</v>
+        <v>334</v>
       </c>
       <c r="C11" s="2">
-        <v>57398</v>
+        <v>81898</v>
       </c>
       <c r="D11" s="2">
-        <v>57398</v>
+        <v>81898</v>
       </c>
       <c r="E11" s="2">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F11" s="2">
-        <v>5756</v>
+        <v>0</v>
       </c>
       <c r="G11" s="2">
-        <v>5756</v>
+        <v>0</v>
       </c>
       <c r="H11" s="2">
         <v>0</v>
       </c>
       <c r="I11" s="2">
         <v>0</v>
       </c>
       <c r="J11" s="2">
         <v>0</v>
       </c>
       <c r="K11" s="2">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="L11" s="2">
-        <v>1532</v>
+        <v>0</v>
       </c>
       <c r="M11" s="2">
-        <v>1532</v>
+        <v>0</v>
       </c>
       <c r="N11" s="2">
         <v>0</v>
       </c>
       <c r="O11" s="2">
         <v>0</v>
       </c>
       <c r="P11" s="2">
         <v>0</v>
       </c>
       <c r="Q11" s="2">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="R11" s="2">
-        <v>11811</v>
+        <v>3585</v>
       </c>
       <c r="S11" s="2">
-        <v>11811</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="3" t="s">
         <v>82</v>
       </c>
       <c r="B12" s="2">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C12" s="2">
-        <v>9783</v>
+        <v>12277</v>
       </c>
       <c r="D12" s="2">
-        <v>9304</v>
+        <v>11968</v>
       </c>
       <c r="E12" s="2">
         <v>0</v>
       </c>
       <c r="F12" s="2">
         <v>0</v>
       </c>
       <c r="G12" s="2">
         <v>0</v>
       </c>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="I12" s="2">
         <v>0</v>
       </c>
       <c r="J12" s="2">
         <v>0</v>
       </c>
       <c r="K12" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L12" s="2">
-        <v>0</v>
+        <v>122</v>
       </c>
       <c r="M12" s="2">
-        <v>0</v>
+        <v>121</v>
       </c>
       <c r="N12" s="2">
         <v>0</v>
       </c>
       <c r="O12" s="2">
         <v>0</v>
       </c>
       <c r="P12" s="2">
         <v>0</v>
       </c>
       <c r="Q12" s="2">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="R12" s="2">
-        <v>724</v>
+        <v>3348</v>
       </c>
       <c r="S12" s="2">
-        <v>662</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="2">
-        <v>334</v>
+        <v>266</v>
       </c>
       <c r="C13" s="2">
-        <v>57756</v>
+        <v>46681</v>
       </c>
       <c r="D13" s="2">
-        <v>57309</v>
+        <v>46681</v>
       </c>
       <c r="E13" s="2">
         <v>0</v>
       </c>
       <c r="F13" s="2">
         <v>0</v>
       </c>
       <c r="G13" s="2">
         <v>0</v>
       </c>
       <c r="H13" s="2">
         <v>0</v>
       </c>
       <c r="I13" s="2">
         <v>0</v>
       </c>
       <c r="J13" s="2">
         <v>0</v>
       </c>
       <c r="K13" s="2">
         <v>0</v>
       </c>
       <c r="L13" s="2">
         <v>0</v>
       </c>
       <c r="M13" s="2">
         <v>0</v>
       </c>
       <c r="N13" s="2">
         <v>0</v>
       </c>
       <c r="O13" s="2">
         <v>0</v>
       </c>
       <c r="P13" s="2">
         <v>0</v>
       </c>
       <c r="Q13" s="2">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="R13" s="2">
-        <v>14712</v>
+        <v>14988</v>
       </c>
       <c r="S13" s="2">
-        <v>14712</v>
+        <v>14988</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="3" t="s">
         <v>80</v>
       </c>
       <c r="B14" s="2">
-        <v>154</v>
+        <v>0</v>
       </c>
       <c r="C14" s="2">
-        <v>24021</v>
+        <v>0</v>
       </c>
       <c r="D14" s="2">
-        <v>21009</v>
+        <v>0</v>
       </c>
       <c r="E14" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F14" s="2">
-        <v>470</v>
+        <v>0</v>
       </c>
       <c r="G14" s="2">
-        <v>470</v>
+        <v>0</v>
       </c>
       <c r="H14" s="2">
         <v>0</v>
       </c>
       <c r="I14" s="2">
         <v>0</v>
       </c>
       <c r="J14" s="2">
         <v>0</v>
       </c>
       <c r="K14" s="2">
         <v>0</v>
       </c>
       <c r="L14" s="2">
         <v>0</v>
       </c>
       <c r="M14" s="2">
         <v>0</v>
       </c>
       <c r="N14" s="2">
         <v>0</v>
       </c>
       <c r="O14" s="2">
         <v>0</v>
       </c>
       <c r="P14" s="2">
         <v>0</v>
       </c>
       <c r="Q14" s="2">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="R14" s="2">
-        <v>16174</v>
+        <v>0</v>
       </c>
       <c r="S14" s="2">
-        <v>16174</v>
+        <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="3" t="s">
         <v>79</v>
       </c>
       <c r="B15" s="2">
-        <v>234</v>
+        <v>262</v>
       </c>
       <c r="C15" s="2">
-        <v>40502</v>
+        <v>53092</v>
       </c>
       <c r="D15" s="2">
-        <v>40502</v>
+        <v>53092</v>
       </c>
       <c r="E15" s="2">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="F15" s="2">
-        <v>0</v>
+        <v>11577</v>
       </c>
       <c r="G15" s="2">
-        <v>0</v>
+        <v>11577</v>
       </c>
       <c r="H15" s="2">
         <v>0</v>
       </c>
       <c r="I15" s="2">
         <v>0</v>
       </c>
       <c r="J15" s="2">
         <v>0</v>
       </c>
       <c r="K15" s="2">
         <v>0</v>
       </c>
       <c r="L15" s="2">
         <v>0</v>
       </c>
       <c r="M15" s="2">
         <v>0</v>
       </c>
       <c r="N15" s="2">
         <v>0</v>
       </c>
       <c r="O15" s="2">
         <v>0</v>
       </c>
       <c r="P15" s="2">
         <v>0</v>
       </c>
       <c r="Q15" s="2">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="R15" s="2">
-        <v>11292</v>
+        <v>13106</v>
       </c>
       <c r="S15" s="2">
-        <v>11292</v>
+        <v>13106</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B16" s="2">
-        <v>298</v>
+        <v>311</v>
       </c>
       <c r="C16" s="2">
-        <v>65282</v>
+        <v>77886</v>
       </c>
       <c r="D16" s="2">
-        <v>64952</v>
+        <v>77819</v>
       </c>
       <c r="E16" s="2">
-        <v>125</v>
+        <v>96</v>
       </c>
       <c r="F16" s="2">
-        <v>71519</v>
+        <v>41275</v>
       </c>
       <c r="G16" s="2">
-        <v>48747</v>
+        <v>40675</v>
       </c>
       <c r="H16" s="2">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="I16" s="2">
-        <v>14183</v>
+        <v>17073</v>
       </c>
       <c r="J16" s="2">
-        <v>14183</v>
+        <v>17073</v>
       </c>
       <c r="K16" s="2">
         <v>0</v>
       </c>
       <c r="L16" s="2">
         <v>0</v>
       </c>
       <c r="M16" s="2">
         <v>0</v>
       </c>
       <c r="N16" s="2">
         <v>0</v>
       </c>
       <c r="O16" s="2">
         <v>0</v>
       </c>
       <c r="P16" s="2">
         <v>0</v>
       </c>
       <c r="Q16" s="2">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="R16" s="2">
-        <v>6832</v>
+        <v>3606</v>
       </c>
       <c r="S16" s="2">
-        <v>6832</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="3" t="s">
         <v>77</v>
       </c>
       <c r="B17" s="2">
-        <v>235</v>
+        <v>308</v>
       </c>
       <c r="C17" s="2">
-        <v>39842</v>
+        <v>58363</v>
       </c>
       <c r="D17" s="2">
-        <v>33181</v>
+        <v>57664</v>
       </c>
       <c r="E17" s="2">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="F17" s="2">
-        <v>0</v>
+        <v>6029</v>
       </c>
       <c r="G17" s="2">
-        <v>0</v>
+        <v>6029</v>
       </c>
       <c r="H17" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I17" s="2">
-        <v>609</v>
+        <v>0</v>
       </c>
       <c r="J17" s="2">
-        <v>535</v>
+        <v>0</v>
       </c>
       <c r="K17" s="2">
         <v>0</v>
       </c>
       <c r="L17" s="2">
         <v>0</v>
       </c>
       <c r="M17" s="2">
         <v>0</v>
       </c>
       <c r="N17" s="2">
         <v>0</v>
       </c>
       <c r="O17" s="2">
         <v>0</v>
       </c>
       <c r="P17" s="2">
         <v>0</v>
       </c>
       <c r="Q17" s="2">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="R17" s="2">
-        <v>0</v>
+        <v>1858</v>
       </c>
       <c r="S17" s="2">
-        <v>0</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B18" s="2">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C18" s="2">
-        <v>2550</v>
+        <v>3330</v>
       </c>
       <c r="D18" s="2">
-        <v>0</v>
+        <v>3166</v>
       </c>
       <c r="E18" s="2">
         <v>0</v>
       </c>
       <c r="F18" s="2">
         <v>0</v>
       </c>
       <c r="G18" s="2">
         <v>0</v>
       </c>
       <c r="H18" s="2">
         <v>0</v>
       </c>
       <c r="I18" s="2">
         <v>0</v>
       </c>
       <c r="J18" s="2">
         <v>0</v>
       </c>
       <c r="K18" s="2">
         <v>0</v>
       </c>
       <c r="L18" s="2">
         <v>0</v>
       </c>
@@ -1659,57 +1659,57 @@
       </c>
       <c r="N18" s="2">
         <v>0</v>
       </c>
       <c r="O18" s="2">
         <v>0</v>
       </c>
       <c r="P18" s="2">
         <v>0</v>
       </c>
       <c r="Q18" s="2">
         <v>0</v>
       </c>
       <c r="R18" s="2">
         <v>0</v>
       </c>
       <c r="S18" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B19" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="C19" s="2">
-        <v>0</v>
+        <v>427</v>
       </c>
       <c r="D19" s="2">
-        <v>0</v>
+        <v>328</v>
       </c>
       <c r="E19" s="2">
         <v>0</v>
       </c>
       <c r="F19" s="2">
         <v>0</v>
       </c>
       <c r="G19" s="2">
         <v>0</v>
       </c>
       <c r="H19" s="2">
         <v>0</v>
       </c>
       <c r="I19" s="2">
         <v>0</v>
       </c>
       <c r="J19" s="2">
         <v>0</v>
       </c>
       <c r="K19" s="2">
         <v>0</v>
       </c>
       <c r="L19" s="2">
         <v>0</v>
       </c>
@@ -1718,54 +1718,54 @@
       </c>
       <c r="N19" s="2">
         <v>0</v>
       </c>
       <c r="O19" s="2">
         <v>0</v>
       </c>
       <c r="P19" s="2">
         <v>0</v>
       </c>
       <c r="Q19" s="2">
         <v>0</v>
       </c>
       <c r="R19" s="2">
         <v>0</v>
       </c>
       <c r="S19" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B20" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="C20" s="2">
-        <v>1500</v>
+        <v>0</v>
       </c>
       <c r="D20" s="2">
         <v>0</v>
       </c>
       <c r="E20" s="2">
         <v>0</v>
       </c>
       <c r="F20" s="2">
         <v>0</v>
       </c>
       <c r="G20" s="2">
         <v>0</v>
       </c>
       <c r="H20" s="2">
         <v>0</v>
       </c>
       <c r="I20" s="2">
         <v>0</v>
       </c>
       <c r="J20" s="2">
         <v>0</v>
       </c>
       <c r="K20" s="2">
         <v>0</v>
       </c>
@@ -1836,102 +1836,102 @@
       </c>
       <c r="N21" s="2">
         <v>0</v>
       </c>
       <c r="O21" s="2">
         <v>0</v>
       </c>
       <c r="P21" s="2">
         <v>0</v>
       </c>
       <c r="Q21" s="2">
         <v>0</v>
       </c>
       <c r="R21" s="2">
         <v>0</v>
       </c>
       <c r="S21" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B22" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="C22" s="2">
-        <v>0</v>
+        <v>788</v>
       </c>
       <c r="D22" s="2">
-        <v>0</v>
+        <v>723</v>
       </c>
       <c r="E22" s="2">
         <v>0</v>
       </c>
       <c r="F22" s="2">
         <v>0</v>
       </c>
       <c r="G22" s="2">
         <v>0</v>
       </c>
       <c r="H22" s="2">
         <v>0</v>
       </c>
       <c r="I22" s="2">
         <v>0</v>
       </c>
       <c r="J22" s="2">
         <v>0</v>
       </c>
       <c r="K22" s="2">
         <v>0</v>
       </c>
       <c r="L22" s="2">
         <v>0</v>
       </c>
       <c r="M22" s="2">
         <v>0</v>
       </c>
       <c r="N22" s="2">
         <v>0</v>
       </c>
       <c r="O22" s="2">
         <v>0</v>
       </c>
       <c r="P22" s="2">
         <v>0</v>
       </c>
       <c r="Q22" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R22" s="2">
-        <v>1752</v>
+        <v>1097</v>
       </c>
       <c r="S22" s="2">
-        <v>111</v>
+        <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="2">
         <v>0</v>
       </c>
       <c r="C23" s="2">
         <v>0</v>
       </c>
       <c r="D23" s="2">
         <v>0</v>
       </c>
       <c r="E23" s="2">
         <v>0</v>
       </c>
       <c r="F23" s="2">
         <v>0</v>
       </c>
       <c r="G23" s="2">
         <v>0</v>
       </c>
       <c r="H23" s="2">
@@ -1954,54 +1954,54 @@
       </c>
       <c r="N23" s="2">
         <v>0</v>
       </c>
       <c r="O23" s="2">
         <v>0</v>
       </c>
       <c r="P23" s="2">
         <v>0</v>
       </c>
       <c r="Q23" s="2">
         <v>0</v>
       </c>
       <c r="R23" s="2">
         <v>0</v>
       </c>
       <c r="S23" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="2">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="C24" s="2">
-        <v>3729</v>
+        <v>827</v>
       </c>
       <c r="D24" s="2">
         <v>0</v>
       </c>
       <c r="E24" s="2">
         <v>0</v>
       </c>
       <c r="F24" s="2">
         <v>0</v>
       </c>
       <c r="G24" s="2">
         <v>0</v>
       </c>
       <c r="H24" s="2">
         <v>0</v>
       </c>
       <c r="I24" s="2">
         <v>0</v>
       </c>
       <c r="J24" s="2">
         <v>0</v>
       </c>
       <c r="K24" s="2">
         <v>0</v>
       </c>
@@ -2072,54 +2072,54 @@
       </c>
       <c r="N25" s="2">
         <v>0</v>
       </c>
       <c r="O25" s="2">
         <v>0</v>
       </c>
       <c r="P25" s="2">
         <v>0</v>
       </c>
       <c r="Q25" s="2">
         <v>0</v>
       </c>
       <c r="R25" s="2">
         <v>0</v>
       </c>
       <c r="S25" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B26" s="2">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="C26" s="2">
-        <v>6807</v>
+        <v>0</v>
       </c>
       <c r="D26" s="2">
         <v>0</v>
       </c>
       <c r="E26" s="2">
         <v>0</v>
       </c>
       <c r="F26" s="2">
         <v>0</v>
       </c>
       <c r="G26" s="2">
         <v>0</v>
       </c>
       <c r="H26" s="2">
         <v>0</v>
       </c>
       <c r="I26" s="2">
         <v>0</v>
       </c>
       <c r="J26" s="2">
         <v>0</v>
       </c>
       <c r="K26" s="2">
         <v>0</v>
       </c>
@@ -2158,134 +2158,134 @@
       <c r="C27" s="2">
         <v>0</v>
       </c>
       <c r="D27" s="2">
         <v>0</v>
       </c>
       <c r="E27" s="2">
         <v>0</v>
       </c>
       <c r="F27" s="2">
         <v>0</v>
       </c>
       <c r="G27" s="2">
         <v>0</v>
       </c>
       <c r="H27" s="2">
         <v>0</v>
       </c>
       <c r="I27" s="2">
         <v>0</v>
       </c>
       <c r="J27" s="2">
         <v>0</v>
       </c>
       <c r="K27" s="2">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="L27" s="2">
-        <v>0</v>
+        <v>3564</v>
       </c>
       <c r="M27" s="2">
         <v>0</v>
       </c>
       <c r="N27" s="2">
         <v>0</v>
       </c>
       <c r="O27" s="2">
         <v>0</v>
       </c>
       <c r="P27" s="2">
         <v>0</v>
       </c>
       <c r="Q27" s="2">
         <v>0</v>
       </c>
       <c r="R27" s="2">
         <v>0</v>
       </c>
       <c r="S27" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B28" s="2">
         <v>0</v>
       </c>
       <c r="C28" s="2">
         <v>0</v>
       </c>
       <c r="D28" s="2">
         <v>0</v>
       </c>
       <c r="E28" s="2">
         <v>0</v>
       </c>
       <c r="F28" s="2">
         <v>0</v>
       </c>
       <c r="G28" s="2">
         <v>0</v>
       </c>
       <c r="H28" s="2">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="I28" s="2">
-        <v>342</v>
+        <v>2986</v>
       </c>
       <c r="J28" s="2">
-        <v>3</v>
+        <v>2986</v>
       </c>
       <c r="K28" s="2">
         <v>0</v>
       </c>
       <c r="L28" s="2">
         <v>0</v>
       </c>
       <c r="M28" s="2">
         <v>0</v>
       </c>
       <c r="N28" s="2">
         <v>0</v>
       </c>
       <c r="O28" s="2">
         <v>0</v>
       </c>
       <c r="P28" s="2">
         <v>0</v>
       </c>
       <c r="Q28" s="2">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="R28" s="2">
-        <v>8998</v>
+        <v>8437</v>
       </c>
       <c r="S28" s="2">
-        <v>1133</v>
+        <v>8437</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B29" s="2">
         <v>0</v>
       </c>
       <c r="C29" s="2">
         <v>0</v>
       </c>
       <c r="D29" s="2">
         <v>0</v>
       </c>
       <c r="E29" s="2">
         <v>0</v>
       </c>
       <c r="F29" s="2">
         <v>0</v>
       </c>
       <c r="G29" s="2">
         <v>0</v>
       </c>
       <c r="H29" s="2">
@@ -2308,57 +2308,57 @@
       </c>
       <c r="N29" s="2">
         <v>0</v>
       </c>
       <c r="O29" s="2">
         <v>0</v>
       </c>
       <c r="P29" s="2">
         <v>0</v>
       </c>
       <c r="Q29" s="2">
         <v>0</v>
       </c>
       <c r="R29" s="2">
         <v>0</v>
       </c>
       <c r="S29" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="2">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="C30" s="2">
-        <v>0</v>
+        <v>10791</v>
       </c>
       <c r="D30" s="2">
-        <v>0</v>
+        <v>8395</v>
       </c>
       <c r="E30" s="2">
         <v>0</v>
       </c>
       <c r="F30" s="2">
         <v>0</v>
       </c>
       <c r="G30" s="2">
         <v>0</v>
       </c>
       <c r="H30" s="2">
         <v>0</v>
       </c>
       <c r="I30" s="2">
         <v>0</v>
       </c>
       <c r="J30" s="2">
         <v>0</v>
       </c>
       <c r="K30" s="2">
         <v>0</v>
       </c>
       <c r="L30" s="2">
         <v>0</v>
       </c>
@@ -2385,379 +2385,379 @@
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="3" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="2">
         <v>0</v>
       </c>
       <c r="C31" s="2">
         <v>0</v>
       </c>
       <c r="D31" s="2">
         <v>0</v>
       </c>
       <c r="E31" s="2">
         <v>0</v>
       </c>
       <c r="F31" s="2">
         <v>0</v>
       </c>
       <c r="G31" s="2">
         <v>0</v>
       </c>
       <c r="H31" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I31" s="2">
-        <v>0</v>
+        <v>592</v>
       </c>
       <c r="J31" s="2">
-        <v>0</v>
+        <v>350</v>
       </c>
       <c r="K31" s="2">
         <v>0</v>
       </c>
       <c r="L31" s="2">
         <v>0</v>
       </c>
       <c r="M31" s="2">
         <v>0</v>
       </c>
       <c r="N31" s="2">
         <v>0</v>
       </c>
       <c r="O31" s="2">
         <v>0</v>
       </c>
       <c r="P31" s="2">
         <v>0</v>
       </c>
       <c r="Q31" s="2">
-        <v>0</v>
+        <v>245</v>
       </c>
       <c r="R31" s="2">
-        <v>0</v>
+        <v>1170</v>
       </c>
       <c r="S31" s="2">
-        <v>0</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B32" s="2">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C32" s="2">
-        <v>6283</v>
+        <v>7502</v>
       </c>
       <c r="D32" s="2">
-        <v>5777</v>
+        <v>7252</v>
       </c>
       <c r="E32" s="2">
         <v>0</v>
       </c>
       <c r="F32" s="2">
         <v>0</v>
       </c>
       <c r="G32" s="2">
         <v>0</v>
       </c>
       <c r="H32" s="2">
         <v>0</v>
       </c>
       <c r="I32" s="2">
         <v>0</v>
       </c>
       <c r="J32" s="2">
         <v>0</v>
       </c>
       <c r="K32" s="2">
         <v>0</v>
       </c>
       <c r="L32" s="2">
         <v>0</v>
       </c>
       <c r="M32" s="2">
         <v>0</v>
       </c>
       <c r="N32" s="2">
         <v>0</v>
       </c>
       <c r="O32" s="2">
         <v>0</v>
       </c>
       <c r="P32" s="2">
         <v>0</v>
       </c>
       <c r="Q32" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="R32" s="2">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="S32" s="2">
-        <v>0</v>
+        <v>245</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B33" s="2">
         <v>0</v>
       </c>
       <c r="C33" s="2">
         <v>0</v>
       </c>
       <c r="D33" s="2">
         <v>0</v>
       </c>
       <c r="E33" s="2">
         <v>0</v>
       </c>
       <c r="F33" s="2">
         <v>0</v>
       </c>
       <c r="G33" s="2">
         <v>0</v>
       </c>
       <c r="H33" s="2">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I33" s="2">
-        <v>1746</v>
+        <v>1888</v>
       </c>
       <c r="J33" s="2">
-        <v>495</v>
+        <v>1471</v>
       </c>
       <c r="K33" s="2">
         <v>0</v>
       </c>
       <c r="L33" s="2">
         <v>0</v>
       </c>
       <c r="M33" s="2">
         <v>0</v>
       </c>
       <c r="N33" s="2">
         <v>0</v>
       </c>
       <c r="O33" s="2">
         <v>0</v>
       </c>
       <c r="P33" s="2">
         <v>0</v>
       </c>
       <c r="Q33" s="2">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="R33" s="2">
-        <v>0</v>
+        <v>3000</v>
       </c>
       <c r="S33" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B34" s="2">
         <v>0</v>
       </c>
       <c r="C34" s="2">
         <v>0</v>
       </c>
       <c r="D34" s="2">
         <v>0</v>
       </c>
       <c r="E34" s="2">
         <v>0</v>
       </c>
       <c r="F34" s="2">
         <v>0</v>
       </c>
       <c r="G34" s="2">
         <v>0</v>
       </c>
       <c r="H34" s="2">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="I34" s="2">
-        <v>2137</v>
+        <v>3743</v>
       </c>
       <c r="J34" s="2">
-        <v>1526</v>
+        <v>3048</v>
       </c>
       <c r="K34" s="2">
         <v>0</v>
       </c>
       <c r="L34" s="2">
         <v>0</v>
       </c>
       <c r="M34" s="2">
         <v>0</v>
       </c>
       <c r="N34" s="2">
         <v>0</v>
       </c>
       <c r="O34" s="2">
         <v>0</v>
       </c>
       <c r="P34" s="2">
         <v>0</v>
       </c>
       <c r="Q34" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="R34" s="2">
-        <v>0</v>
+        <v>1653</v>
       </c>
       <c r="S34" s="2">
-        <v>0</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B35" s="2">
         <v>0</v>
       </c>
       <c r="C35" s="2">
         <v>0</v>
       </c>
       <c r="D35" s="2">
         <v>0</v>
       </c>
       <c r="E35" s="2">
         <v>0</v>
       </c>
       <c r="F35" s="2">
         <v>0</v>
       </c>
       <c r="G35" s="2">
         <v>0</v>
       </c>
       <c r="H35" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I35" s="2">
-        <v>0</v>
+        <v>237</v>
       </c>
       <c r="J35" s="2">
         <v>0</v>
       </c>
       <c r="K35" s="2">
         <v>0</v>
       </c>
       <c r="L35" s="2">
         <v>0</v>
       </c>
       <c r="M35" s="2">
         <v>0</v>
       </c>
       <c r="N35" s="2">
         <v>0</v>
       </c>
       <c r="O35" s="2">
         <v>0</v>
       </c>
       <c r="P35" s="2">
         <v>0</v>
       </c>
       <c r="Q35" s="2">
         <v>0</v>
       </c>
       <c r="R35" s="2">
         <v>0</v>
       </c>
       <c r="S35" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B36" s="2">
-        <v>142</v>
+        <v>0</v>
       </c>
       <c r="C36" s="2">
-        <v>10733</v>
+        <v>0</v>
       </c>
       <c r="D36" s="2">
-        <v>9010</v>
+        <v>0</v>
       </c>
       <c r="E36" s="2">
         <v>0</v>
       </c>
       <c r="F36" s="2">
         <v>0</v>
       </c>
       <c r="G36" s="2">
         <v>0</v>
       </c>
       <c r="H36" s="2">
         <v>0</v>
       </c>
       <c r="I36" s="2">
         <v>0</v>
       </c>
       <c r="J36" s="2">
         <v>0</v>
       </c>
       <c r="K36" s="2">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="L36" s="2">
-        <v>1804</v>
+        <v>0</v>
       </c>
       <c r="M36" s="2">
-        <v>871</v>
+        <v>0</v>
       </c>
       <c r="N36" s="2">
         <v>0</v>
       </c>
       <c r="O36" s="2">
         <v>0</v>
       </c>
       <c r="P36" s="2">
         <v>0</v>
       </c>
       <c r="Q36" s="2">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="R36" s="2">
-        <v>2211</v>
+        <v>0</v>
       </c>
       <c r="S36" s="2">
-        <v>1928</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="3" t="s">
         <v>57</v>
       </c>
       <c r="B37" s="2">
         <v>0</v>
       </c>
       <c r="C37" s="2">
         <v>0</v>
       </c>
       <c r="D37" s="2">
         <v>0</v>
       </c>
       <c r="E37" s="2">
         <v>0</v>
       </c>
       <c r="F37" s="2">
         <v>0</v>
       </c>
       <c r="G37" s="2">
         <v>0</v>
       </c>
       <c r="H37" s="2">
@@ -2766,71 +2766,71 @@
       <c r="I37" s="2">
         <v>0</v>
       </c>
       <c r="J37" s="2">
         <v>0</v>
       </c>
       <c r="K37" s="2">
         <v>0</v>
       </c>
       <c r="L37" s="2">
         <v>0</v>
       </c>
       <c r="M37" s="2">
         <v>0</v>
       </c>
       <c r="N37" s="2">
         <v>0</v>
       </c>
       <c r="O37" s="2">
         <v>0</v>
       </c>
       <c r="P37" s="2">
         <v>0</v>
       </c>
       <c r="Q37" s="2">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="R37" s="2">
-        <v>0</v>
+        <v>2852</v>
       </c>
       <c r="S37" s="2">
-        <v>0</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B38" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="C38" s="2">
-        <v>211</v>
+        <v>0</v>
       </c>
       <c r="D38" s="2">
-        <v>163</v>
+        <v>0</v>
       </c>
       <c r="E38" s="2">
         <v>0</v>
       </c>
       <c r="F38" s="2">
         <v>0</v>
       </c>
       <c r="G38" s="2">
         <v>0</v>
       </c>
       <c r="H38" s="2">
         <v>0</v>
       </c>
       <c r="I38" s="2">
         <v>0</v>
       </c>
       <c r="J38" s="2">
         <v>0</v>
       </c>
       <c r="K38" s="2">
         <v>0</v>
       </c>
       <c r="L38" s="2">
         <v>0</v>
       </c>
@@ -2839,116 +2839,116 @@
       </c>
       <c r="N38" s="2">
         <v>0</v>
       </c>
       <c r="O38" s="2">
         <v>0</v>
       </c>
       <c r="P38" s="2">
         <v>0</v>
       </c>
       <c r="Q38" s="2">
         <v>0</v>
       </c>
       <c r="R38" s="2">
         <v>0</v>
       </c>
       <c r="S38" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B39" s="2">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="C39" s="2">
-        <v>1705</v>
+        <v>651</v>
       </c>
       <c r="D39" s="2">
-        <v>300</v>
+        <v>451</v>
       </c>
       <c r="E39" s="2">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F39" s="2">
-        <v>0</v>
+        <v>158</v>
       </c>
       <c r="G39" s="2">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="H39" s="2">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I39" s="2">
-        <v>1573</v>
+        <v>764</v>
       </c>
       <c r="J39" s="2">
-        <v>359</v>
+        <v>263</v>
       </c>
       <c r="K39" s="2">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L39" s="2">
-        <v>370</v>
+        <v>103</v>
       </c>
       <c r="M39" s="2">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="N39" s="2">
         <v>0</v>
       </c>
       <c r="O39" s="2">
         <v>0</v>
       </c>
       <c r="P39" s="2">
         <v>0</v>
       </c>
       <c r="Q39" s="2">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="R39" s="2">
-        <v>6198</v>
+        <v>8925</v>
       </c>
       <c r="S39" s="2">
-        <v>776</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B40" s="2">
-        <v>73</v>
+        <v>0</v>
       </c>
       <c r="C40" s="2">
-        <v>12500</v>
+        <v>0</v>
       </c>
       <c r="D40" s="2">
-        <v>10830</v>
+        <v>0</v>
       </c>
       <c r="E40" s="2">
         <v>0</v>
       </c>
       <c r="F40" s="2">
         <v>0</v>
       </c>
       <c r="G40" s="2">
         <v>0</v>
       </c>
       <c r="H40" s="2">
         <v>0</v>
       </c>
       <c r="I40" s="2">
         <v>0</v>
       </c>
       <c r="J40" s="2">
         <v>0</v>
       </c>
       <c r="K40" s="2">
         <v>0</v>
       </c>
       <c r="L40" s="2">
         <v>0</v>
       </c>
@@ -2957,175 +2957,175 @@
       </c>
       <c r="N40" s="2">
         <v>0</v>
       </c>
       <c r="O40" s="2">
         <v>0</v>
       </c>
       <c r="P40" s="2">
         <v>0</v>
       </c>
       <c r="Q40" s="2">
         <v>0</v>
       </c>
       <c r="R40" s="2">
         <v>0</v>
       </c>
       <c r="S40" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B41" s="2">
-        <v>0</v>
+        <v>153</v>
       </c>
       <c r="C41" s="2">
-        <v>0</v>
+        <v>16463</v>
       </c>
       <c r="D41" s="2">
-        <v>0</v>
+        <v>16142</v>
       </c>
       <c r="E41" s="2">
         <v>0</v>
       </c>
       <c r="F41" s="2">
         <v>0</v>
       </c>
       <c r="G41" s="2">
         <v>0</v>
       </c>
       <c r="H41" s="2">
         <v>0</v>
       </c>
       <c r="I41" s="2">
         <v>0</v>
       </c>
       <c r="J41" s="2">
         <v>0</v>
       </c>
       <c r="K41" s="2">
         <v>0</v>
       </c>
       <c r="L41" s="2">
         <v>0</v>
       </c>
       <c r="M41" s="2">
         <v>0</v>
       </c>
       <c r="N41" s="2">
         <v>0</v>
       </c>
       <c r="O41" s="2">
         <v>0</v>
       </c>
       <c r="P41" s="2">
         <v>0</v>
       </c>
       <c r="Q41" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="R41" s="2">
-        <v>0</v>
+        <v>605</v>
       </c>
       <c r="S41" s="2">
-        <v>0</v>
+        <v>560</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B42" s="2">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="C42" s="2">
-        <v>12790</v>
+        <v>9607</v>
       </c>
       <c r="D42" s="2">
         <v>0</v>
       </c>
       <c r="E42" s="2">
         <v>0</v>
       </c>
       <c r="F42" s="2">
         <v>0</v>
       </c>
       <c r="G42" s="2">
         <v>0</v>
       </c>
       <c r="H42" s="2">
         <v>0</v>
       </c>
       <c r="I42" s="2">
         <v>0</v>
       </c>
       <c r="J42" s="2">
         <v>0</v>
       </c>
       <c r="K42" s="2">
         <v>0</v>
       </c>
       <c r="L42" s="2">
         <v>0</v>
       </c>
       <c r="M42" s="2">
         <v>0</v>
       </c>
       <c r="N42" s="2">
         <v>0</v>
       </c>
       <c r="O42" s="2">
         <v>0</v>
       </c>
       <c r="P42" s="2">
         <v>0</v>
       </c>
       <c r="Q42" s="2">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="R42" s="2">
-        <v>11239</v>
+        <v>0</v>
       </c>
       <c r="S42" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B43" s="2">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="C43" s="2">
-        <v>0</v>
+        <v>1846</v>
       </c>
       <c r="D43" s="2">
-        <v>0</v>
+        <v>1712</v>
       </c>
       <c r="E43" s="2">
         <v>0</v>
       </c>
       <c r="F43" s="2">
         <v>0</v>
       </c>
       <c r="G43" s="2">
         <v>0</v>
       </c>
       <c r="H43" s="2">
         <v>0</v>
       </c>
       <c r="I43" s="2">
         <v>0</v>
       </c>
       <c r="J43" s="2">
         <v>0</v>
       </c>
       <c r="K43" s="2">
         <v>0</v>
       </c>
       <c r="L43" s="2">
         <v>0</v>
       </c>
@@ -3252,57 +3252,57 @@
       </c>
       <c r="N45" s="2">
         <v>0</v>
       </c>
       <c r="O45" s="2">
         <v>0</v>
       </c>
       <c r="P45" s="2">
         <v>0</v>
       </c>
       <c r="Q45" s="2">
         <v>0</v>
       </c>
       <c r="R45" s="2">
         <v>0</v>
       </c>
       <c r="S45" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B46" s="2">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="C46" s="2">
-        <v>1200</v>
+        <v>0</v>
       </c>
       <c r="D46" s="2">
-        <v>1100</v>
+        <v>0</v>
       </c>
       <c r="E46" s="2">
         <v>0</v>
       </c>
       <c r="F46" s="2">
         <v>0</v>
       </c>
       <c r="G46" s="2">
         <v>0</v>
       </c>
       <c r="H46" s="2">
         <v>0</v>
       </c>
       <c r="I46" s="2">
         <v>0</v>
       </c>
       <c r="J46" s="2">
         <v>0</v>
       </c>
       <c r="K46" s="2">
         <v>0</v>
       </c>
       <c r="L46" s="2">
         <v>0</v>
       </c>
@@ -3311,116 +3311,116 @@
       </c>
       <c r="N46" s="2">
         <v>0</v>
       </c>
       <c r="O46" s="2">
         <v>0</v>
       </c>
       <c r="P46" s="2">
         <v>0</v>
       </c>
       <c r="Q46" s="2">
         <v>0</v>
       </c>
       <c r="R46" s="2">
         <v>0</v>
       </c>
       <c r="S46" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B47" s="2">
-        <v>0</v>
+        <v>358</v>
       </c>
       <c r="C47" s="2">
-        <v>0</v>
+        <v>65115</v>
       </c>
       <c r="D47" s="2">
-        <v>0</v>
+        <v>47912</v>
       </c>
       <c r="E47" s="2">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="F47" s="2">
-        <v>0</v>
+        <v>12230</v>
       </c>
       <c r="G47" s="2">
-        <v>0</v>
+        <v>1826</v>
       </c>
       <c r="H47" s="2">
-        <v>0</v>
+        <v>58</v>
       </c>
       <c r="I47" s="2">
-        <v>0</v>
+        <v>5066</v>
       </c>
       <c r="J47" s="2">
-        <v>0</v>
+        <v>2433</v>
       </c>
       <c r="K47" s="2">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="L47" s="2">
-        <v>0</v>
+        <v>519</v>
       </c>
       <c r="M47" s="2">
         <v>0</v>
       </c>
       <c r="N47" s="2">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="O47" s="2">
-        <v>0</v>
+        <v>1018</v>
       </c>
       <c r="P47" s="2">
         <v>0</v>
       </c>
       <c r="Q47" s="2">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="R47" s="2">
-        <v>0</v>
+        <v>1171</v>
       </c>
       <c r="S47" s="2">
-        <v>0</v>
+        <v>78</v>
       </c>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="C48" s="2">
-        <v>1368</v>
+        <v>0</v>
       </c>
       <c r="D48" s="2">
-        <v>1318</v>
+        <v>0</v>
       </c>
       <c r="E48" s="2">
         <v>0</v>
       </c>
       <c r="F48" s="2">
         <v>0</v>
       </c>
       <c r="G48" s="2">
         <v>0</v>
       </c>
       <c r="H48" s="2">
         <v>0</v>
       </c>
       <c r="I48" s="2">
         <v>0</v>
       </c>
       <c r="J48" s="2">
         <v>0</v>
       </c>
       <c r="K48" s="2">
         <v>0</v>
       </c>
       <c r="L48" s="2">
         <v>0</v>
       </c>
@@ -3429,134 +3429,134 @@
       </c>
       <c r="N48" s="2">
         <v>0</v>
       </c>
       <c r="O48" s="2">
         <v>0</v>
       </c>
       <c r="P48" s="2">
         <v>0</v>
       </c>
       <c r="Q48" s="2">
         <v>0</v>
       </c>
       <c r="R48" s="2">
         <v>0</v>
       </c>
       <c r="S48" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B49" s="2">
-        <v>54</v>
+        <v>90</v>
       </c>
       <c r="C49" s="2">
-        <v>5633</v>
+        <v>6334</v>
       </c>
       <c r="D49" s="2">
-        <v>2866</v>
+        <v>3874</v>
       </c>
       <c r="E49" s="2">
         <v>0</v>
       </c>
       <c r="F49" s="2">
         <v>0</v>
       </c>
       <c r="G49" s="2">
         <v>0</v>
       </c>
       <c r="H49" s="2">
         <v>0</v>
       </c>
       <c r="I49" s="2">
         <v>0</v>
       </c>
       <c r="J49" s="2">
         <v>0</v>
       </c>
       <c r="K49" s="2">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="L49" s="2">
-        <v>1289</v>
+        <v>0</v>
       </c>
       <c r="M49" s="2">
-        <v>951</v>
+        <v>0</v>
       </c>
       <c r="N49" s="2">
         <v>0</v>
       </c>
       <c r="O49" s="2">
         <v>0</v>
       </c>
       <c r="P49" s="2">
         <v>0</v>
       </c>
       <c r="Q49" s="2">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="R49" s="2">
-        <v>0</v>
+        <v>868</v>
       </c>
       <c r="S49" s="2">
-        <v>0</v>
+        <v>868</v>
       </c>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B50" s="2">
         <v>0</v>
       </c>
       <c r="C50" s="2">
         <v>0</v>
       </c>
       <c r="D50" s="2">
         <v>0</v>
       </c>
       <c r="E50" s="2">
         <v>0</v>
       </c>
       <c r="F50" s="2">
         <v>0</v>
       </c>
       <c r="G50" s="2">
         <v>0</v>
       </c>
       <c r="H50" s="2">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="I50" s="2">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="J50" s="2">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="K50" s="2">
         <v>0</v>
       </c>
       <c r="L50" s="2">
         <v>0</v>
       </c>
       <c r="M50" s="2">
         <v>0</v>
       </c>
       <c r="N50" s="2">
         <v>0</v>
       </c>
       <c r="O50" s="2">
         <v>0</v>
       </c>
       <c r="P50" s="2">
         <v>0</v>
       </c>
       <c r="Q50" s="2">
         <v>0</v>
       </c>
       <c r="R50" s="2">
         <v>0</v>
       </c>
@@ -3606,102 +3606,102 @@
       </c>
       <c r="N51" s="2">
         <v>0</v>
       </c>
       <c r="O51" s="2">
         <v>0</v>
       </c>
       <c r="P51" s="2">
         <v>0</v>
       </c>
       <c r="Q51" s="2">
         <v>0</v>
       </c>
       <c r="R51" s="2">
         <v>0</v>
       </c>
       <c r="S51" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B52" s="2">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C52" s="2">
-        <v>2637</v>
+        <v>5997</v>
       </c>
       <c r="D52" s="2">
-        <v>0</v>
+        <v>5195</v>
       </c>
       <c r="E52" s="2">
         <v>0</v>
       </c>
       <c r="F52" s="2">
         <v>0</v>
       </c>
       <c r="G52" s="2">
         <v>0</v>
       </c>
       <c r="H52" s="2">
         <v>0</v>
       </c>
       <c r="I52" s="2">
         <v>0</v>
       </c>
       <c r="J52" s="2">
         <v>0</v>
       </c>
       <c r="K52" s="2">
         <v>0</v>
       </c>
       <c r="L52" s="2">
         <v>0</v>
       </c>
       <c r="M52" s="2">
         <v>0</v>
       </c>
       <c r="N52" s="2">
         <v>0</v>
       </c>
       <c r="O52" s="2">
         <v>0</v>
       </c>
       <c r="P52" s="2">
         <v>0</v>
       </c>
       <c r="Q52" s="2">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="R52" s="2">
-        <v>1227</v>
+        <v>3602</v>
       </c>
       <c r="S52" s="2">
-        <v>0</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B53" s="2">
         <v>0</v>
       </c>
       <c r="C53" s="2">
         <v>0</v>
       </c>
       <c r="D53" s="2">
         <v>0</v>
       </c>
       <c r="E53" s="2">
         <v>0</v>
       </c>
       <c r="F53" s="2">
         <v>0</v>
       </c>
       <c r="G53" s="2">
         <v>0</v>
       </c>
       <c r="H53" s="2">
@@ -3724,57 +3724,57 @@
       </c>
       <c r="N53" s="2">
         <v>0</v>
       </c>
       <c r="O53" s="2">
         <v>0</v>
       </c>
       <c r="P53" s="2">
         <v>0</v>
       </c>
       <c r="Q53" s="2">
         <v>0</v>
       </c>
       <c r="R53" s="2">
         <v>0</v>
       </c>
       <c r="S53" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" s="3" t="s">
         <v>40</v>
       </c>
       <c r="B54" s="2">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="C54" s="2">
-        <v>0</v>
+        <v>1179</v>
       </c>
       <c r="D54" s="2">
-        <v>0</v>
+        <v>1142</v>
       </c>
       <c r="E54" s="2">
         <v>0</v>
       </c>
       <c r="F54" s="2">
         <v>0</v>
       </c>
       <c r="G54" s="2">
         <v>0</v>
       </c>
       <c r="H54" s="2">
         <v>0</v>
       </c>
       <c r="I54" s="2">
         <v>0</v>
       </c>
       <c r="J54" s="2">
         <v>0</v>
       </c>
       <c r="K54" s="2">
         <v>0</v>
       </c>
       <c r="L54" s="2">
         <v>0</v>
       </c>
@@ -3783,243 +3783,243 @@
       </c>
       <c r="N54" s="2">
         <v>0</v>
       </c>
       <c r="O54" s="2">
         <v>0</v>
       </c>
       <c r="P54" s="2">
         <v>0</v>
       </c>
       <c r="Q54" s="2">
         <v>0</v>
       </c>
       <c r="R54" s="2">
         <v>0</v>
       </c>
       <c r="S54" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:19">
       <c r="A55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B55" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="C55" s="2">
-        <v>2800</v>
+        <v>0</v>
       </c>
       <c r="D55" s="2">
-        <v>2077</v>
+        <v>0</v>
       </c>
       <c r="E55" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F55" s="2">
-        <v>4456</v>
+        <v>0</v>
       </c>
       <c r="G55" s="2">
         <v>0</v>
       </c>
       <c r="H55" s="2">
         <v>0</v>
       </c>
       <c r="I55" s="2">
         <v>0</v>
       </c>
       <c r="J55" s="2">
         <v>0</v>
       </c>
       <c r="K55" s="2">
         <v>0</v>
       </c>
       <c r="L55" s="2">
         <v>0</v>
       </c>
       <c r="M55" s="2">
         <v>0</v>
       </c>
       <c r="N55" s="2">
         <v>0</v>
       </c>
       <c r="O55" s="2">
         <v>0</v>
       </c>
       <c r="P55" s="2">
         <v>0</v>
       </c>
       <c r="Q55" s="2">
         <v>0</v>
       </c>
       <c r="R55" s="2">
         <v>0</v>
       </c>
       <c r="S55" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:19">
       <c r="A56" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B56" s="2">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="C56" s="2">
-        <v>2075</v>
+        <v>0</v>
       </c>
       <c r="D56" s="2">
         <v>0</v>
       </c>
       <c r="E56" s="2">
         <v>0</v>
       </c>
       <c r="F56" s="2">
         <v>0</v>
       </c>
       <c r="G56" s="2">
         <v>0</v>
       </c>
       <c r="H56" s="2">
         <v>0</v>
       </c>
       <c r="I56" s="2">
         <v>0</v>
       </c>
       <c r="J56" s="2">
         <v>0</v>
       </c>
       <c r="K56" s="2">
         <v>0</v>
       </c>
       <c r="L56" s="2">
         <v>0</v>
       </c>
       <c r="M56" s="2">
         <v>0</v>
       </c>
       <c r="N56" s="2">
         <v>0</v>
       </c>
       <c r="O56" s="2">
         <v>0</v>
       </c>
       <c r="P56" s="2">
         <v>0</v>
       </c>
       <c r="Q56" s="2">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="R56" s="2">
-        <v>0</v>
+        <v>470</v>
       </c>
       <c r="S56" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="3" t="s">
         <v>37</v>
       </c>
       <c r="B57" s="2">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="C57" s="2">
-        <v>10630</v>
+        <v>10700</v>
       </c>
       <c r="D57" s="2">
-        <v>8707</v>
+        <v>10601</v>
       </c>
       <c r="E57" s="2">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="F57" s="2">
-        <v>0</v>
+        <v>1783</v>
       </c>
       <c r="G57" s="2">
-        <v>0</v>
+        <v>1783</v>
       </c>
       <c r="H57" s="2">
         <v>0</v>
       </c>
       <c r="I57" s="2">
         <v>0</v>
       </c>
       <c r="J57" s="2">
         <v>0</v>
       </c>
       <c r="K57" s="2">
         <v>0</v>
       </c>
       <c r="L57" s="2">
         <v>0</v>
       </c>
       <c r="M57" s="2">
         <v>0</v>
       </c>
       <c r="N57" s="2">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="O57" s="2">
-        <v>11451</v>
+        <v>10883</v>
       </c>
       <c r="P57" s="2">
-        <v>8933</v>
+        <v>10883</v>
       </c>
       <c r="Q57" s="2">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="R57" s="2">
-        <v>2963</v>
+        <v>2672</v>
       </c>
       <c r="S57" s="2">
-        <v>2331</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="58" spans="1:19">
       <c r="A58" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B58" s="2">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="C58" s="2">
-        <v>4334</v>
+        <v>0</v>
       </c>
       <c r="D58" s="2">
-        <v>3064</v>
+        <v>0</v>
       </c>
       <c r="E58" s="2">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F58" s="2">
-        <v>858</v>
+        <v>0</v>
       </c>
       <c r="G58" s="2">
-        <v>732</v>
+        <v>0</v>
       </c>
       <c r="H58" s="2">
         <v>0</v>
       </c>
       <c r="I58" s="2">
         <v>0</v>
       </c>
       <c r="J58" s="2">
         <v>0</v>
       </c>
       <c r="K58" s="2">
         <v>0</v>
       </c>
       <c r="L58" s="2">
         <v>0</v>
       </c>
       <c r="M58" s="2">
         <v>0</v>
       </c>
       <c r="N58" s="2">
         <v>0</v>
       </c>
       <c r="O58" s="2">
         <v>0</v>
       </c>
@@ -4078,57 +4078,57 @@
       </c>
       <c r="N59" s="2">
         <v>0</v>
       </c>
       <c r="O59" s="2">
         <v>0</v>
       </c>
       <c r="P59" s="2">
         <v>0</v>
       </c>
       <c r="Q59" s="2">
         <v>0</v>
       </c>
       <c r="R59" s="2">
         <v>0</v>
       </c>
       <c r="S59" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:19">
       <c r="A60" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B60" s="2">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="C60" s="2">
-        <v>0</v>
+        <v>385</v>
       </c>
       <c r="D60" s="2">
-        <v>0</v>
+        <v>361</v>
       </c>
       <c r="E60" s="2">
         <v>0</v>
       </c>
       <c r="F60" s="2">
         <v>0</v>
       </c>
       <c r="G60" s="2">
         <v>0</v>
       </c>
       <c r="H60" s="2">
         <v>0</v>
       </c>
       <c r="I60" s="2">
         <v>0</v>
       </c>
       <c r="J60" s="2">
         <v>0</v>
       </c>
       <c r="K60" s="2">
         <v>0</v>
       </c>
       <c r="L60" s="2">
         <v>0</v>
       </c>
@@ -4196,57 +4196,57 @@
       </c>
       <c r="N61" s="2">
         <v>0</v>
       </c>
       <c r="O61" s="2">
         <v>0</v>
       </c>
       <c r="P61" s="2">
         <v>0</v>
       </c>
       <c r="Q61" s="2">
         <v>0</v>
       </c>
       <c r="R61" s="2">
         <v>0</v>
       </c>
       <c r="S61" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:19">
       <c r="A62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B62" s="2">
-        <v>77</v>
+        <v>40</v>
       </c>
       <c r="C62" s="2">
-        <v>12530</v>
+        <v>6374</v>
       </c>
       <c r="D62" s="2">
-        <v>9005</v>
+        <v>4367</v>
       </c>
       <c r="E62" s="2">
         <v>0</v>
       </c>
       <c r="F62" s="2">
         <v>0</v>
       </c>
       <c r="G62" s="2">
         <v>0</v>
       </c>
       <c r="H62" s="2">
         <v>0</v>
       </c>
       <c r="I62" s="2">
         <v>0</v>
       </c>
       <c r="J62" s="2">
         <v>0</v>
       </c>
       <c r="K62" s="2">
         <v>0</v>
       </c>
       <c r="L62" s="2">
         <v>0</v>
       </c>
@@ -4273,54 +4273,54 @@
       </c>
     </row>
     <row r="63" spans="1:19">
       <c r="A63" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B63" s="2">
         <v>0</v>
       </c>
       <c r="C63" s="2">
         <v>0</v>
       </c>
       <c r="D63" s="2">
         <v>0</v>
       </c>
       <c r="E63" s="2">
         <v>0</v>
       </c>
       <c r="F63" s="2">
         <v>0</v>
       </c>
       <c r="G63" s="2">
         <v>0</v>
       </c>
       <c r="H63" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I63" s="2">
-        <v>0</v>
+        <v>103</v>
       </c>
       <c r="J63" s="2">
         <v>0</v>
       </c>
       <c r="K63" s="2">
         <v>0</v>
       </c>
       <c r="L63" s="2">
         <v>0</v>
       </c>
       <c r="M63" s="2">
         <v>0</v>
       </c>
       <c r="N63" s="2">
         <v>0</v>
       </c>
       <c r="O63" s="2">
         <v>0</v>
       </c>
       <c r="P63" s="2">
         <v>0</v>
       </c>
       <c r="Q63" s="2">
         <v>0</v>
       </c>
@@ -4432,57 +4432,57 @@
       </c>
       <c r="N65" s="2">
         <v>0</v>
       </c>
       <c r="O65" s="2">
         <v>0</v>
       </c>
       <c r="P65" s="2">
         <v>0</v>
       </c>
       <c r="Q65" s="2">
         <v>0</v>
       </c>
       <c r="R65" s="2">
         <v>0</v>
       </c>
       <c r="S65" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:19">
       <c r="A66" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B66" s="2">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="C66" s="2">
-        <v>0</v>
+        <v>4678</v>
       </c>
       <c r="D66" s="2">
-        <v>0</v>
+        <v>4678</v>
       </c>
       <c r="E66" s="2">
         <v>0</v>
       </c>
       <c r="F66" s="2">
         <v>0</v>
       </c>
       <c r="G66" s="2">
         <v>0</v>
       </c>
       <c r="H66" s="2">
         <v>0</v>
       </c>
       <c r="I66" s="2">
         <v>0</v>
       </c>
       <c r="J66" s="2">
         <v>0</v>
       </c>
       <c r="K66" s="2">
         <v>0</v>
       </c>
       <c r="L66" s="2">
         <v>0</v>
       </c>
@@ -4550,57 +4550,57 @@
       </c>
       <c r="N67" s="2">
         <v>0</v>
       </c>
       <c r="O67" s="2">
         <v>0</v>
       </c>
       <c r="P67" s="2">
         <v>0</v>
       </c>
       <c r="Q67" s="2">
         <v>0</v>
       </c>
       <c r="R67" s="2">
         <v>0</v>
       </c>
       <c r="S67" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:19">
       <c r="A68" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B68" s="2">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="C68" s="2">
-        <v>2791</v>
+        <v>4275</v>
       </c>
       <c r="D68" s="2">
-        <v>2754</v>
+        <v>4151</v>
       </c>
       <c r="E68" s="2">
         <v>0</v>
       </c>
       <c r="F68" s="2">
         <v>0</v>
       </c>
       <c r="G68" s="2">
         <v>0</v>
       </c>
       <c r="H68" s="2">
         <v>0</v>
       </c>
       <c r="I68" s="2">
         <v>0</v>
       </c>
       <c r="J68" s="2">
         <v>0</v>
       </c>
       <c r="K68" s="2">
         <v>0</v>
       </c>
       <c r="L68" s="2">
         <v>0</v>
       </c>
@@ -4618,211 +4618,211 @@
       </c>
       <c r="Q68" s="2">
         <v>0</v>
       </c>
       <c r="R68" s="2">
         <v>0</v>
       </c>
       <c r="S68" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:19">
       <c r="A69" s="3" t="s">
         <v>25</v>
       </c>
       <c r="B69" s="2">
         <v>0</v>
       </c>
       <c r="C69" s="2">
         <v>0</v>
       </c>
       <c r="D69" s="2">
         <v>0</v>
       </c>
       <c r="E69" s="2">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F69" s="2">
-        <v>137</v>
+        <v>0</v>
       </c>
       <c r="G69" s="2">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="H69" s="2">
-        <v>92</v>
+        <v>61</v>
       </c>
       <c r="I69" s="2">
-        <v>6601</v>
+        <v>3621</v>
       </c>
       <c r="J69" s="2">
-        <v>2390</v>
+        <v>2394</v>
       </c>
       <c r="K69" s="2">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="L69" s="2">
-        <v>496</v>
+        <v>0</v>
       </c>
       <c r="M69" s="2">
-        <v>79</v>
+        <v>0</v>
       </c>
       <c r="N69" s="2">
         <v>0</v>
       </c>
       <c r="O69" s="2">
         <v>0</v>
       </c>
       <c r="P69" s="2">
         <v>0</v>
       </c>
       <c r="Q69" s="2">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="R69" s="2">
-        <v>207</v>
+        <v>413</v>
       </c>
       <c r="S69" s="2">
-        <v>78</v>
+        <v>154</v>
       </c>
     </row>
     <row r="70" spans="1:19">
       <c r="A70" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B70" s="2">
         <v>0</v>
       </c>
       <c r="C70" s="2">
         <v>0</v>
       </c>
       <c r="D70" s="2">
         <v>0</v>
       </c>
       <c r="E70" s="2">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="F70" s="2">
-        <v>11659</v>
+        <v>0</v>
       </c>
       <c r="G70" s="2">
-        <v>11659</v>
+        <v>0</v>
       </c>
       <c r="H70" s="2">
         <v>0</v>
       </c>
       <c r="I70" s="2">
         <v>0</v>
       </c>
       <c r="J70" s="2">
         <v>0</v>
       </c>
       <c r="K70" s="2">
         <v>0</v>
       </c>
       <c r="L70" s="2">
         <v>0</v>
       </c>
       <c r="M70" s="2">
         <v>0</v>
       </c>
       <c r="N70" s="2">
         <v>0</v>
       </c>
       <c r="O70" s="2">
         <v>0</v>
       </c>
       <c r="P70" s="2">
         <v>0</v>
       </c>
       <c r="Q70" s="2">
         <v>0</v>
       </c>
       <c r="R70" s="2">
         <v>0</v>
       </c>
       <c r="S70" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:19">
       <c r="A71" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B71" s="2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C71" s="2">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="D71" s="2">
         <v>0</v>
       </c>
       <c r="E71" s="2">
         <v>0</v>
       </c>
       <c r="F71" s="2">
         <v>0</v>
       </c>
       <c r="G71" s="2">
         <v>0</v>
       </c>
       <c r="H71" s="2">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="I71" s="2">
-        <v>2601</v>
+        <v>0</v>
       </c>
       <c r="J71" s="2">
-        <v>991</v>
+        <v>0</v>
       </c>
       <c r="K71" s="2">
         <v>0</v>
       </c>
       <c r="L71" s="2">
         <v>0</v>
       </c>
       <c r="M71" s="2">
         <v>0</v>
       </c>
       <c r="N71" s="2">
         <v>0</v>
       </c>
       <c r="O71" s="2">
         <v>0</v>
       </c>
       <c r="P71" s="2">
         <v>0</v>
       </c>
       <c r="Q71" s="2">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="R71" s="2">
-        <v>1169</v>
+        <v>0</v>
       </c>
       <c r="S71" s="2">
-        <v>829</v>
+        <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:19">
       <c r="A72" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B72" s="2">
         <v>0</v>
       </c>
       <c r="C72" s="2">
         <v>0</v>
       </c>
       <c r="D72" s="2">
         <v>0</v>
       </c>
       <c r="E72" s="2">
         <v>0</v>
       </c>
       <c r="F72" s="2">
         <v>0</v>
       </c>
       <c r="G72" s="2">
         <v>0</v>
       </c>
       <c r="H72" s="2">
@@ -4845,102 +4845,102 @@
       </c>
       <c r="N72" s="2">
         <v>0</v>
       </c>
       <c r="O72" s="2">
         <v>0</v>
       </c>
       <c r="P72" s="2">
         <v>0</v>
       </c>
       <c r="Q72" s="2">
         <v>0</v>
       </c>
       <c r="R72" s="2">
         <v>0</v>
       </c>
       <c r="S72" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:19">
       <c r="A73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B73" s="2">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="C73" s="2">
-        <v>5314</v>
+        <v>1245</v>
       </c>
       <c r="D73" s="2">
-        <v>4430</v>
+        <v>854</v>
       </c>
       <c r="E73" s="2">
         <v>0</v>
       </c>
       <c r="F73" s="2">
         <v>0</v>
       </c>
       <c r="G73" s="2">
         <v>0</v>
       </c>
       <c r="H73" s="2">
+        <v>5</v>
+      </c>
+      <c r="I73" s="2">
+        <v>222</v>
+      </c>
+      <c r="J73" s="2">
+        <v>188</v>
+      </c>
+      <c r="K73" s="2">
         <v>6</v>
       </c>
-      <c r="I73" s="2">
-[...7 lines deleted...]
-      </c>
       <c r="L73" s="2">
-        <v>840</v>
+        <v>267</v>
       </c>
       <c r="M73" s="2">
-        <v>760</v>
+        <v>267</v>
       </c>
       <c r="N73" s="2">
         <v>0</v>
       </c>
       <c r="O73" s="2">
         <v>0</v>
       </c>
       <c r="P73" s="2">
         <v>0</v>
       </c>
       <c r="Q73" s="2">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="R73" s="2">
-        <v>2893</v>
+        <v>8062</v>
       </c>
       <c r="S73" s="2">
-        <v>2307</v>
+        <v>7171</v>
       </c>
     </row>
     <row r="74" spans="1:19">
       <c r="A74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B74" s="2">
         <v>0</v>
       </c>
       <c r="C74" s="2">
         <v>0</v>
       </c>
       <c r="D74" s="2">
         <v>0</v>
       </c>
       <c r="E74" s="2">
         <v>0</v>
       </c>
       <c r="F74" s="2">
         <v>0</v>
       </c>
       <c r="G74" s="2">
         <v>0</v>
       </c>
       <c r="H74" s="2">
@@ -4963,113 +4963,113 @@
       </c>
       <c r="N74" s="2">
         <v>0</v>
       </c>
       <c r="O74" s="2">
         <v>0</v>
       </c>
       <c r="P74" s="2">
         <v>0</v>
       </c>
       <c r="Q74" s="2">
         <v>0</v>
       </c>
       <c r="R74" s="2">
         <v>0</v>
       </c>
       <c r="S74" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:19">
       <c r="A75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="B75" s="2">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="C75" s="2">
-        <v>0</v>
+        <v>11855</v>
       </c>
       <c r="D75" s="2">
-        <v>0</v>
+        <v>9923</v>
       </c>
       <c r="E75" s="2">
         <v>0</v>
       </c>
       <c r="F75" s="2">
         <v>0</v>
       </c>
       <c r="G75" s="2">
         <v>0</v>
       </c>
       <c r="H75" s="2">
         <v>0</v>
       </c>
       <c r="I75" s="2">
         <v>0</v>
       </c>
       <c r="J75" s="2">
         <v>0</v>
       </c>
       <c r="K75" s="2">
         <v>0</v>
       </c>
       <c r="L75" s="2">
         <v>0</v>
       </c>
       <c r="M75" s="2">
         <v>0</v>
       </c>
       <c r="N75" s="2">
         <v>0</v>
       </c>
       <c r="O75" s="2">
         <v>0</v>
       </c>
       <c r="P75" s="2">
         <v>0</v>
       </c>
       <c r="Q75" s="2">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="R75" s="2">
-        <v>0</v>
+        <v>3514</v>
       </c>
       <c r="S75" s="2">
-        <v>0</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="76" spans="1:19">
       <c r="A76" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B76" s="2">
-        <v>0</v>
+        <v>203</v>
       </c>
       <c r="C76" s="2">
-        <v>0</v>
+        <v>18256</v>
       </c>
       <c r="D76" s="2">
         <v>0</v>
       </c>
       <c r="E76" s="2">
         <v>0</v>
       </c>
       <c r="F76" s="2">
         <v>0</v>
       </c>
       <c r="G76" s="2">
         <v>0</v>
       </c>
       <c r="H76" s="2">
         <v>0</v>
       </c>
       <c r="I76" s="2">
         <v>0</v>
       </c>
       <c r="J76" s="2">
         <v>0</v>
       </c>
       <c r="K76" s="2">
         <v>0</v>
       </c>
@@ -5081,54 +5081,54 @@
       </c>
       <c r="N76" s="2">
         <v>0</v>
       </c>
       <c r="O76" s="2">
         <v>0</v>
       </c>
       <c r="P76" s="2">
         <v>0</v>
       </c>
       <c r="Q76" s="2">
         <v>0</v>
       </c>
       <c r="R76" s="2">
         <v>0</v>
       </c>
       <c r="S76" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:19">
       <c r="A77" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B77" s="2">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="C77" s="2">
-        <v>0</v>
+        <v>3213</v>
       </c>
       <c r="D77" s="2">
         <v>0</v>
       </c>
       <c r="E77" s="2">
         <v>0</v>
       </c>
       <c r="F77" s="2">
         <v>0</v>
       </c>
       <c r="G77" s="2">
         <v>0</v>
       </c>
       <c r="H77" s="2">
         <v>0</v>
       </c>
       <c r="I77" s="2">
         <v>0</v>
       </c>
       <c r="J77" s="2">
         <v>0</v>
       </c>
       <c r="K77" s="2">
         <v>0</v>
       </c>
@@ -5140,231 +5140,231 @@
       </c>
       <c r="N77" s="2">
         <v>0</v>
       </c>
       <c r="O77" s="2">
         <v>0</v>
       </c>
       <c r="P77" s="2">
         <v>0</v>
       </c>
       <c r="Q77" s="2">
         <v>0</v>
       </c>
       <c r="R77" s="2">
         <v>0</v>
       </c>
       <c r="S77" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:19">
       <c r="A78" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B78" s="2">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="C78" s="2">
-        <v>0</v>
+        <v>12450</v>
       </c>
       <c r="D78" s="2">
-        <v>0</v>
+        <v>11591</v>
       </c>
       <c r="E78" s="2">
         <v>0</v>
       </c>
       <c r="F78" s="2">
         <v>0</v>
       </c>
       <c r="G78" s="2">
         <v>0</v>
       </c>
       <c r="H78" s="2">
         <v>0</v>
       </c>
       <c r="I78" s="2">
         <v>0</v>
       </c>
       <c r="J78" s="2">
         <v>0</v>
       </c>
       <c r="K78" s="2">
         <v>0</v>
       </c>
       <c r="L78" s="2">
         <v>0</v>
       </c>
       <c r="M78" s="2">
         <v>0</v>
       </c>
       <c r="N78" s="2">
         <v>0</v>
       </c>
       <c r="O78" s="2">
         <v>0</v>
       </c>
       <c r="P78" s="2">
         <v>0</v>
       </c>
       <c r="Q78" s="2">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="R78" s="2">
-        <v>0</v>
+        <v>503</v>
       </c>
       <c r="S78" s="2">
-        <v>0</v>
+        <v>362</v>
       </c>
     </row>
     <row r="79" spans="1:19">
       <c r="A79" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B79" s="2">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C79" s="2">
-        <v>2511</v>
+        <v>2853</v>
       </c>
       <c r="D79" s="2">
-        <v>2197</v>
+        <v>2657</v>
       </c>
       <c r="E79" s="2">
         <v>0</v>
       </c>
       <c r="F79" s="2">
         <v>0</v>
       </c>
       <c r="G79" s="2">
         <v>0</v>
       </c>
       <c r="H79" s="2">
         <v>0</v>
       </c>
       <c r="I79" s="2">
         <v>0</v>
       </c>
       <c r="J79" s="2">
         <v>0</v>
       </c>
       <c r="K79" s="2">
         <v>0</v>
       </c>
       <c r="L79" s="2">
         <v>0</v>
       </c>
       <c r="M79" s="2">
         <v>0</v>
       </c>
       <c r="N79" s="2">
         <v>0</v>
       </c>
       <c r="O79" s="2">
         <v>0</v>
       </c>
       <c r="P79" s="2">
         <v>0</v>
       </c>
       <c r="Q79" s="2">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="R79" s="2">
-        <v>1790</v>
+        <v>412</v>
       </c>
       <c r="S79" s="2">
-        <v>1725</v>
+        <v>385</v>
       </c>
     </row>
     <row r="80" spans="1:19">
       <c r="A80" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B80" s="2">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="C80" s="2">
-        <v>8273</v>
+        <v>10232</v>
       </c>
       <c r="D80" s="2">
-        <v>7030</v>
+        <v>9293</v>
       </c>
       <c r="E80" s="2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F80" s="2">
-        <v>129</v>
+        <v>0</v>
       </c>
       <c r="G80" s="2">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="H80" s="2">
         <v>0</v>
       </c>
       <c r="I80" s="2">
         <v>0</v>
       </c>
       <c r="J80" s="2">
         <v>0</v>
       </c>
       <c r="K80" s="2">
         <v>0</v>
       </c>
       <c r="L80" s="2">
         <v>0</v>
       </c>
       <c r="M80" s="2">
         <v>0</v>
       </c>
       <c r="N80" s="2">
         <v>0</v>
       </c>
       <c r="O80" s="2">
         <v>0</v>
       </c>
       <c r="P80" s="2">
         <v>0</v>
       </c>
       <c r="Q80" s="2">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="R80" s="2">
-        <v>0</v>
+        <v>798</v>
       </c>
       <c r="S80" s="2">
-        <v>0</v>
+        <v>616</v>
       </c>
     </row>
     <row r="81" spans="1:19">
       <c r="A81" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B81" s="2">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="C81" s="2">
-        <v>0</v>
+        <v>25290</v>
       </c>
       <c r="D81" s="2">
         <v>0</v>
       </c>
       <c r="E81" s="2">
         <v>0</v>
       </c>
       <c r="F81" s="2">
         <v>0</v>
       </c>
       <c r="G81" s="2">
         <v>0</v>
       </c>
       <c r="H81" s="2">
         <v>0</v>
       </c>
       <c r="I81" s="2">
         <v>0</v>
       </c>
       <c r="J81" s="2">
         <v>0</v>
       </c>
       <c r="K81" s="2">
         <v>0</v>
       </c>
@@ -5435,158 +5435,158 @@
       </c>
       <c r="N82" s="2">
         <v>0</v>
       </c>
       <c r="O82" s="2">
         <v>0</v>
       </c>
       <c r="P82" s="2">
         <v>0</v>
       </c>
       <c r="Q82" s="2">
         <v>0</v>
       </c>
       <c r="R82" s="2">
         <v>0</v>
       </c>
       <c r="S82" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:19">
       <c r="A83" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B83" s="2">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C83" s="2">
-        <v>4102</v>
+        <v>3190</v>
       </c>
       <c r="D83" s="2">
-        <v>3640</v>
+        <v>1928</v>
       </c>
       <c r="E83" s="2">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F83" s="2">
-        <v>1239</v>
+        <v>0</v>
       </c>
       <c r="G83" s="2">
-        <v>1239</v>
+        <v>0</v>
       </c>
       <c r="H83" s="2">
         <v>0</v>
       </c>
       <c r="I83" s="2">
         <v>0</v>
       </c>
       <c r="J83" s="2">
         <v>0</v>
       </c>
       <c r="K83" s="2">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="L83" s="2">
-        <v>13836</v>
+        <v>9319</v>
       </c>
       <c r="M83" s="2">
-        <v>11491</v>
+        <v>7759</v>
       </c>
       <c r="N83" s="2">
         <v>0</v>
       </c>
       <c r="O83" s="2">
         <v>0</v>
       </c>
       <c r="P83" s="2">
         <v>0</v>
       </c>
       <c r="Q83" s="2">
         <v>0</v>
       </c>
       <c r="R83" s="2">
         <v>0</v>
       </c>
       <c r="S83" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:19">
       <c r="A84" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B84" s="2">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="C84" s="2">
-        <v>11248</v>
+        <v>10773</v>
       </c>
       <c r="D84" s="2">
-        <v>73</v>
+        <v>6933</v>
       </c>
       <c r="E84" s="2">
         <v>0</v>
       </c>
       <c r="F84" s="2">
         <v>0</v>
       </c>
       <c r="G84" s="2">
         <v>0</v>
       </c>
       <c r="H84" s="2">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="I84" s="2">
-        <v>3912</v>
+        <v>0</v>
       </c>
       <c r="J84" s="2">
-        <v>1069</v>
+        <v>0</v>
       </c>
       <c r="K84" s="2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L84" s="2">
-        <v>80</v>
+        <v>348</v>
       </c>
       <c r="M84" s="2">
-        <v>0</v>
+        <v>283</v>
       </c>
       <c r="N84" s="2">
         <v>0</v>
       </c>
       <c r="O84" s="2">
         <v>0</v>
       </c>
       <c r="P84" s="2">
         <v>0</v>
       </c>
       <c r="Q84" s="2">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="R84" s="2">
-        <v>386</v>
+        <v>0</v>
       </c>
       <c r="S84" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:19">
       <c r="A85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="B85" s="2">
         <v>0</v>
       </c>
       <c r="C85" s="2">
         <v>0</v>
       </c>
       <c r="D85" s="2">
         <v>0</v>
       </c>
       <c r="E85" s="2">
         <v>0</v>
       </c>
       <c r="F85" s="2">
         <v>0</v>
       </c>
       <c r="G85" s="2">
@@ -5612,113 +5612,113 @@
       </c>
       <c r="N85" s="2">
         <v>0</v>
       </c>
       <c r="O85" s="2">
         <v>0</v>
       </c>
       <c r="P85" s="2">
         <v>0</v>
       </c>
       <c r="Q85" s="2">
         <v>0</v>
       </c>
       <c r="R85" s="2">
         <v>0</v>
       </c>
       <c r="S85" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:19">
       <c r="A86" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="2">
-        <v>138</v>
+        <v>0</v>
       </c>
       <c r="C86" s="2">
-        <v>17551</v>
+        <v>0</v>
       </c>
       <c r="D86" s="2">
-        <v>16900</v>
+        <v>0</v>
       </c>
       <c r="E86" s="2">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F86" s="2">
-        <v>0</v>
+        <v>5000</v>
       </c>
       <c r="G86" s="2">
         <v>0</v>
       </c>
       <c r="H86" s="2">
         <v>0</v>
       </c>
       <c r="I86" s="2">
         <v>0</v>
       </c>
       <c r="J86" s="2">
         <v>0</v>
       </c>
       <c r="K86" s="2">
         <v>0</v>
       </c>
       <c r="L86" s="2">
         <v>0</v>
       </c>
       <c r="M86" s="2">
         <v>0</v>
       </c>
       <c r="N86" s="2">
         <v>0</v>
       </c>
       <c r="O86" s="2">
         <v>0</v>
       </c>
       <c r="P86" s="2">
         <v>0</v>
       </c>
       <c r="Q86" s="2">
         <v>0</v>
       </c>
       <c r="R86" s="2">
         <v>0</v>
       </c>
       <c r="S86" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:19">
       <c r="A87" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B87" s="2">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="C87" s="2">
-        <v>2922</v>
+        <v>300</v>
       </c>
       <c r="D87" s="2">
         <v>0</v>
       </c>
       <c r="E87" s="2">
         <v>0</v>
       </c>
       <c r="F87" s="2">
         <v>0</v>
       </c>
       <c r="G87" s="2">
         <v>0</v>
       </c>
       <c r="H87" s="2">
         <v>0</v>
       </c>
       <c r="I87" s="2">
         <v>0</v>
       </c>
       <c r="J87" s="2">
         <v>0</v>
       </c>
       <c r="K87" s="2">
         <v>0</v>
       </c>
@@ -5730,175 +5730,175 @@
       </c>
       <c r="N87" s="2">
         <v>0</v>
       </c>
       <c r="O87" s="2">
         <v>0</v>
       </c>
       <c r="P87" s="2">
         <v>0</v>
       </c>
       <c r="Q87" s="2">
         <v>0</v>
       </c>
       <c r="R87" s="2">
         <v>0</v>
       </c>
       <c r="S87" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:19">
       <c r="A88" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B88" s="2">
-        <v>178</v>
+        <v>92</v>
       </c>
       <c r="C88" s="2">
-        <v>19400</v>
+        <v>15024</v>
       </c>
       <c r="D88" s="2">
-        <v>16397</v>
+        <v>12628</v>
       </c>
       <c r="E88" s="2">
         <v>0</v>
       </c>
       <c r="F88" s="2">
         <v>0</v>
       </c>
       <c r="G88" s="2">
         <v>0</v>
       </c>
       <c r="H88" s="2">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="I88" s="2">
-        <v>597</v>
+        <v>0</v>
       </c>
       <c r="J88" s="2">
-        <v>366</v>
+        <v>0</v>
       </c>
       <c r="K88" s="2">
         <v>0</v>
       </c>
       <c r="L88" s="2">
         <v>0</v>
       </c>
       <c r="M88" s="2">
         <v>0</v>
       </c>
       <c r="N88" s="2">
         <v>0</v>
       </c>
       <c r="O88" s="2">
         <v>0</v>
       </c>
       <c r="P88" s="2">
         <v>0</v>
       </c>
       <c r="Q88" s="2">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="R88" s="2">
-        <v>1954</v>
+        <v>7009</v>
       </c>
       <c r="S88" s="2">
-        <v>1644</v>
+        <v>5510</v>
       </c>
     </row>
     <row r="89" spans="1:19">
       <c r="A89" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B89" s="2">
         <v>0</v>
       </c>
       <c r="C89" s="2">
         <v>0</v>
       </c>
       <c r="D89" s="2">
         <v>0</v>
       </c>
       <c r="E89" s="2">
         <v>0</v>
       </c>
       <c r="F89" s="2">
         <v>0</v>
       </c>
       <c r="G89" s="2">
         <v>0</v>
       </c>
       <c r="H89" s="2">
         <v>0</v>
       </c>
       <c r="I89" s="2">
         <v>0</v>
       </c>
       <c r="J89" s="2">
         <v>0</v>
       </c>
       <c r="K89" s="2">
-        <v>0</v>
+        <v>86</v>
       </c>
       <c r="L89" s="2">
-        <v>0</v>
+        <v>4610</v>
       </c>
       <c r="M89" s="2">
-        <v>0</v>
+        <v>4490</v>
       </c>
       <c r="N89" s="2">
         <v>0</v>
       </c>
       <c r="O89" s="2">
         <v>0</v>
       </c>
       <c r="P89" s="2">
         <v>0</v>
       </c>
       <c r="Q89" s="2">
         <v>0</v>
       </c>
       <c r="R89" s="2">
         <v>0</v>
       </c>
       <c r="S89" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:19">
       <c r="A90" s="3" t="s">
         <v>4</v>
       </c>
       <c r="B90" s="2">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="C90" s="2">
-        <v>1683</v>
+        <v>0</v>
       </c>
       <c r="D90" s="2">
-        <v>1120</v>
+        <v>0</v>
       </c>
       <c r="E90" s="2">
         <v>0</v>
       </c>
       <c r="F90" s="2">
         <v>0</v>
       </c>
       <c r="G90" s="2">
         <v>0</v>
       </c>
       <c r="H90" s="2">
         <v>0</v>
       </c>
       <c r="I90" s="2">
         <v>0</v>
       </c>
       <c r="J90" s="2">
         <v>0</v>
       </c>
       <c r="K90" s="2">
         <v>0</v>
       </c>
       <c r="L90" s="2">
         <v>0</v>
       </c>
@@ -6025,161 +6025,161 @@
       </c>
       <c r="N92" s="2">
         <v>0</v>
       </c>
       <c r="O92" s="2">
         <v>0</v>
       </c>
       <c r="P92" s="2">
         <v>0</v>
       </c>
       <c r="Q92" s="2">
         <v>0</v>
       </c>
       <c r="R92" s="2">
         <v>0</v>
       </c>
       <c r="S92" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:19">
       <c r="A93" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B93" s="2">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="C93" s="2">
-        <v>8907</v>
+        <v>14396</v>
       </c>
       <c r="D93" s="2">
-        <v>6664</v>
+        <v>7954</v>
       </c>
       <c r="E93" s="2">
         <v>7</v>
       </c>
       <c r="F93" s="2">
-        <v>4456</v>
+        <v>1218</v>
       </c>
       <c r="G93" s="2">
-        <v>3277</v>
+        <v>0</v>
       </c>
       <c r="H93" s="2">
         <v>0</v>
       </c>
       <c r="I93" s="2">
         <v>0</v>
       </c>
       <c r="J93" s="2">
         <v>0</v>
       </c>
       <c r="K93" s="2">
         <v>0</v>
       </c>
       <c r="L93" s="2">
         <v>0</v>
       </c>
       <c r="M93" s="2">
         <v>0</v>
       </c>
       <c r="N93" s="2">
         <v>0</v>
       </c>
       <c r="O93" s="2">
         <v>0</v>
       </c>
       <c r="P93" s="2">
         <v>0</v>
       </c>
       <c r="Q93" s="2">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="R93" s="2">
-        <v>5217</v>
+        <v>5384</v>
       </c>
       <c r="S93" s="2">
-        <v>0</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="94" spans="1:19">
       <c r="A94" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B94" s="5">
-        <v>4336</v>
+        <v>4566</v>
       </c>
       <c r="C94" s="5">
-        <v>686910</v>
+        <v>820981</v>
       </c>
       <c r="D94" s="5">
-        <v>596499</v>
+        <v>711163</v>
       </c>
       <c r="E94" s="5">
-        <v>341</v>
+        <v>361</v>
       </c>
       <c r="F94" s="5">
-        <v>185938</v>
+        <v>157633</v>
       </c>
       <c r="G94" s="5">
-        <v>157277</v>
+        <v>138903</v>
       </c>
       <c r="H94" s="5">
-        <v>385</v>
+        <v>422</v>
       </c>
       <c r="I94" s="5">
-        <v>101035</v>
+        <v>98706</v>
       </c>
       <c r="J94" s="5">
-        <v>74269</v>
+        <v>92617</v>
       </c>
       <c r="K94" s="5">
-        <v>743</v>
+        <v>620</v>
       </c>
       <c r="L94" s="5">
-        <v>63852</v>
+        <v>47256</v>
       </c>
       <c r="M94" s="5">
-        <v>56637</v>
+        <v>39218</v>
       </c>
       <c r="N94" s="5">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="O94" s="5">
-        <v>11451</v>
+        <v>11901</v>
       </c>
       <c r="P94" s="5">
-        <v>8933</v>
+        <v>10883</v>
       </c>
       <c r="Q94" s="5">
-        <v>686</v>
+        <v>1309</v>
       </c>
       <c r="R94" s="5">
-        <v>121456</v>
+        <v>146547</v>
       </c>
       <c r="S94" s="5">
-        <v>85021</v>
+        <v>123277</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="Q3:S3"/>
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>